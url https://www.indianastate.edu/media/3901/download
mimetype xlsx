--- v0 (2025-11-22)
+++ v1 (2026-02-27)
@@ -1,61 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\Inetpub\Web\CHE\chedssapi.che.in.gov\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://sycamoresindstate-my.sharepoint.com/personal/jennifer_lawson_indstate_edu/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{8AA92738-2173-48A0-8251-C36AE54B2E63}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="0" windowHeight="0"/>
+    <workbookView xWindow="16320" yWindow="0" windowWidth="35355" windowHeight="20985" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Indiana State Univer (15132400)" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Indiana State Univer (15132400)'!$A$1:$O$315</definedName>
+  </definedNames>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3783" uniqueCount="827">
   <si>
     <t>Institution Name</t>
   </si>
   <si>
     <t>Program Id</t>
   </si>
   <si>
     <t>Degree Level Code</t>
   </si>
   <si>
     <t>Degree Level</t>
   </si>
   <si>
     <t>CIP Code</t>
   </si>
   <si>
     <t>CIP Title</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
@@ -292,98 +300,95 @@
   <si>
     <t>Post-master's certificate</t>
   </si>
   <si>
     <t>Ed.S. in Curriculum and Instruction</t>
   </si>
   <si>
     <t>13.0401</t>
   </si>
   <si>
     <t>Educational Leadership and Administration, General.</t>
   </si>
   <si>
     <t>M.Ed. in School Administration and Supervision</t>
   </si>
   <si>
     <t>Ed.S. in School Administration</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>Ph.D. in Educational Administration</t>
   </si>
   <si>
-    <t>72.00</t>
+    <t>90.00</t>
   </si>
   <si>
     <t>13.0501</t>
   </si>
   <si>
     <t>Educational/Instructional Technology.</t>
   </si>
   <si>
     <t>B.A./B.S. in School Media Services</t>
   </si>
   <si>
     <t>M.S. in Educational Technology</t>
   </si>
   <si>
     <t>13.1001</t>
   </si>
   <si>
     <t>Special Education and Teaching, General.</t>
   </si>
   <si>
     <t>B.A./B.S. in Special Education</t>
   </si>
   <si>
     <t>M.A./M.S. in Special Education</t>
   </si>
   <si>
     <t>39.00</t>
   </si>
   <si>
     <t>Ed.S. in Special Education</t>
   </si>
   <si>
     <t>13.1101</t>
   </si>
   <si>
     <t>Counselor Education/School Counseling and Guidance Services.</t>
   </si>
   <si>
     <t>M.Ed. in School Counseling</t>
   </si>
   <si>
     <t>Ph.D. in Counselor Education and Supervision</t>
   </si>
   <si>
-    <t>90.00</t>
-[...1 lines deleted...]
-  <si>
     <t>Ed.S. in Guidance and Psychological Services</t>
   </si>
   <si>
     <t>13.1102</t>
   </si>
   <si>
     <t>College Student Counseling and Personnel Services.</t>
   </si>
   <si>
     <t>M.S. in Student Affairs and Higher Education</t>
   </si>
   <si>
     <t>13.1202</t>
   </si>
   <si>
     <t>Elementary Education and Teaching.</t>
   </si>
   <si>
     <t>B.A./B.S. in Elementary Education</t>
   </si>
   <si>
     <t>M.Ed. in Elementary Education</t>
   </si>
   <si>
     <t>32.00</t>
@@ -481,50 +486,53 @@
   <si>
     <t>51.1504</t>
   </si>
   <si>
     <t>Community Health Services/Liaison/Counseling.</t>
   </si>
   <si>
     <t>Master of Public Health</t>
   </si>
   <si>
     <t>36.00</t>
   </si>
   <si>
     <t>45.00</t>
   </si>
   <si>
     <t>13.1309</t>
   </si>
   <si>
     <t>Technology Teacher Education/Industrial Arts Teacher Education.</t>
   </si>
   <si>
     <t>B.S. in Technology and Engineering Education</t>
   </si>
   <si>
+    <t>Suspended</t>
+  </si>
+  <si>
     <t>M.A./M.S. in Technology Education</t>
   </si>
   <si>
     <t>Ph.D. in Technology Management</t>
   </si>
   <si>
     <t>Ed.S. in Industrial Arts Education</t>
   </si>
   <si>
     <t>13.1314</t>
   </si>
   <si>
     <t>Physical Education Teaching and Coaching.</t>
   </si>
   <si>
     <t>B.A./B.S. in Physical Education</t>
   </si>
   <si>
     <t>M.A./ M.S. in Kinesiology (Coaching)</t>
   </si>
   <si>
     <t>13.1315</t>
   </si>
   <si>
     <t>Reading Teacher Education.</t>
@@ -619,395 +627,404 @@
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>52.2001</t>
   </si>
   <si>
     <t>Construction Management.</t>
   </si>
   <si>
     <t>B.S. in Construction Management</t>
   </si>
   <si>
     <t>15.0303</t>
   </si>
   <si>
     <t>Electrical, Electronic and Communications Engineering Technology/Technician.</t>
   </si>
   <si>
     <t>A.S. in Electronics Technology</t>
   </si>
   <si>
     <t>B.S. in Electronics Engineering Technology</t>
   </si>
   <si>
+    <t>Merged</t>
+  </si>
+  <si>
     <t>M.S. in Electronics and Computer Technology</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>15.0401</t>
   </si>
   <si>
     <t>Biomedical Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Biomedical Electronics Technology</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>15.0404</t>
   </si>
   <si>
     <t>Instrumentation Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Instrumentation and Control Technology</t>
   </si>
   <si>
     <t>15.0405</t>
   </si>
   <si>
     <t>Robotics Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Automation and Control Engineering</t>
   </si>
   <si>
     <t>15.0612</t>
   </si>
   <si>
     <t>Industrial Technology/Technician.</t>
   </si>
   <si>
     <t>B.S. in Engineering Technology Management</t>
   </si>
   <si>
     <t>M.S. in Industrial Technology</t>
   </si>
   <si>
+    <t>54.00</t>
+  </si>
+  <si>
+    <t>84.00</t>
+  </si>
+  <si>
+    <t>15.0613</t>
+  </si>
+  <si>
+    <t>Manufacturing Engineering Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Manufacturing Engineering Technology</t>
+  </si>
+  <si>
+    <t>1973</t>
+  </si>
+  <si>
+    <t>15.0699</t>
+  </si>
+  <si>
+    <t>Industrial Production Technologies/Technicians, Other.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Manufacturing Technology</t>
+  </si>
+  <si>
+    <t>15.0701</t>
+  </si>
+  <si>
+    <t>Occupational Safety and Health Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Safety Management</t>
+  </si>
+  <si>
+    <t>15.0803</t>
+  </si>
+  <si>
+    <t>Automotive Engineering Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Automotive Engineering Technology</t>
+  </si>
+  <si>
+    <t>15.0805</t>
+  </si>
+  <si>
+    <t>Mechanical Engineering/Mechanical Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Mechanical Engineering Technology</t>
+  </si>
+  <si>
+    <t>15.1201</t>
+  </si>
+  <si>
+    <t>Computer Engineering Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Computer and Electrical Engineering Technology</t>
+  </si>
+  <si>
+    <t>15.1303</t>
+  </si>
+  <si>
+    <t>Architectural Drafting and Architectural CAD/CADD.</t>
+  </si>
+  <si>
+    <t>A.S. in Architectural Technology</t>
+  </si>
+  <si>
+    <t>15.1306</t>
+  </si>
+  <si>
+    <t>Mechanical Drafting and Mechanical Drafting CAD/CADD.</t>
+  </si>
+  <si>
+    <t>A.S. in Drafting Technology-Industrial</t>
+  </si>
+  <si>
+    <t>15.1501</t>
+  </si>
+  <si>
+    <t>Engineering/Industrial Management.</t>
+  </si>
+  <si>
+    <t>A.S. in Construction Technology</t>
+  </si>
+  <si>
+    <t>16.0402</t>
+  </si>
+  <si>
+    <t>Russian Language and Literature.</t>
+  </si>
+  <si>
+    <t>B.A. in Russian</t>
+  </si>
+  <si>
+    <t>16.0501</t>
+  </si>
+  <si>
+    <t>German Language and Literature.</t>
+  </si>
+  <si>
+    <t>B.A. in German</t>
+  </si>
+  <si>
+    <t>124.00</t>
+  </si>
+  <si>
+    <t>16.0901</t>
+  </si>
+  <si>
+    <t>French Language and Literature.</t>
+  </si>
+  <si>
+    <t>B.A. in French</t>
+  </si>
+  <si>
+    <t>M.A. in French</t>
+  </si>
+  <si>
+    <t>16.0905</t>
+  </si>
+  <si>
+    <t>Spanish Language and Literature.</t>
+  </si>
+  <si>
+    <t>B.A. in Spanish</t>
+  </si>
+  <si>
+    <t>M.A. in Spanish</t>
+  </si>
+  <si>
+    <t>16.1203</t>
+  </si>
+  <si>
+    <t>Latin Language and Literature.</t>
+  </si>
+  <si>
+    <t>B.A. in Latin</t>
+  </si>
+  <si>
+    <t>M.A./M.S. in Latin</t>
+  </si>
+  <si>
+    <t>16.9999</t>
+  </si>
+  <si>
+    <t>Foreign Languages, Literatures, and Linguistics, Other.</t>
+  </si>
+  <si>
+    <t>B.A. in Language Studies</t>
+  </si>
+  <si>
+    <t>19.0101</t>
+  </si>
+  <si>
+    <t>Family and Consumer Sciences/Human Sciences, General.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Family and Consumer Sciences Education</t>
+  </si>
+  <si>
+    <t>51.3101</t>
+  </si>
+  <si>
+    <t>Dietetics/Dietitian.</t>
+  </si>
+  <si>
+    <t>M.S. in Dietetics</t>
+  </si>
+  <si>
+    <t>56.00</t>
+  </si>
+  <si>
+    <t>19.0201</t>
+  </si>
+  <si>
+    <t>Business Family and Consumer Sciences/Human Sciences.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Family Economics and Home Management</t>
+  </si>
+  <si>
+    <t>M.S. in Family Economics and Home Management</t>
+  </si>
+  <si>
+    <t>19.0501</t>
+  </si>
+  <si>
+    <t>Foods, Nutrition, and Wellness Studies, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Nutrition and Wellness</t>
+  </si>
+  <si>
+    <t>M.S. in Food and Nutrition</t>
+  </si>
+  <si>
+    <t>19.0701</t>
+  </si>
+  <si>
+    <t>Human Development and Family Studies, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Human Development and Family Science</t>
+  </si>
+  <si>
+    <t>M.S. in Child Development and Family Life</t>
+  </si>
+  <si>
+    <t>19.0901</t>
+  </si>
+  <si>
+    <t>Apparel and Textiles, General.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Textiles, Apparel, and Merchandising</t>
+  </si>
+  <si>
+    <t>M.S. in Clothing and Textiles</t>
+  </si>
+  <si>
+    <t>22.0001</t>
+  </si>
+  <si>
+    <t>Pre-Law Studies.</t>
+  </si>
+  <si>
+    <t>Pre-Law [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>1984</t>
+  </si>
+  <si>
+    <t>23.0101</t>
+  </si>
+  <si>
+    <t>English Language and Literature, General.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in English</t>
+  </si>
+  <si>
+    <t>M.A. in English</t>
+  </si>
+  <si>
+    <t>24.0101</t>
+  </si>
+  <si>
+    <t>Liberal Arts and Sciences/Liberal Studies.</t>
+  </si>
+  <si>
+    <t>A.A. in General Studies</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in General Studies</t>
+  </si>
+  <si>
+    <t>24.0103</t>
+  </si>
+  <si>
+    <t>Humanities/Humanistic Studies.</t>
+  </si>
+  <si>
+    <t>B.A. in Humanities</t>
+  </si>
+  <si>
+    <t>M.A. in Humanities</t>
+  </si>
+  <si>
+    <t>25.0101</t>
+  </si>
+  <si>
+    <t>Library and Information Science.</t>
+  </si>
+  <si>
+    <t>Master of Library Science</t>
+  </si>
+  <si>
+    <t>26.0101</t>
+  </si>
+  <si>
+    <t>Biology/Biological Sciences, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Biology</t>
+  </si>
+  <si>
+    <t>M.A./M.S. in Biology</t>
+  </si>
+  <si>
+    <t>Ph.D. in Biology</t>
+  </si>
+  <si>
     <t>83.00</t>
   </si>
   <si>
-    <t>15.0613</t>
-[...292 lines deleted...]
-  <si>
     <t>27.0101</t>
   </si>
   <si>
     <t>Mathematics, General.</t>
   </si>
   <si>
     <t>B.A./B.S. in Mathematics</t>
   </si>
   <si>
     <t>M.A./M.S. in Mathematics</t>
   </si>
   <si>
     <t>31.0301</t>
   </si>
   <si>
     <t>Parks, Recreation and Leisure Facilities Management, General.</t>
   </si>
   <si>
     <t>B.S. in Recreation Management &amp; Youth Leadership</t>
   </si>
   <si>
     <t>M.A./M.S. in Recreation</t>
   </si>
   <si>
     <t>31.0504</t>
@@ -1072,96 +1089,96 @@
   <si>
     <t>B.A./B.S. in Physics</t>
   </si>
   <si>
     <t>M.A./M.S. in Physics</t>
   </si>
   <si>
     <t>42.0101</t>
   </si>
   <si>
     <t>Psychology, General.</t>
   </si>
   <si>
     <t>B.A./B.S. in Psychology</t>
   </si>
   <si>
     <t>M.A./M.S. in General Psychology</t>
   </si>
   <si>
     <t>42.2801</t>
   </si>
   <si>
     <t>Clinical Psychology.</t>
   </si>
   <si>
-    <t xml:space="preserve">M.A./M.S. in General Experimental  Psychology</t>
+    <t>M.A./M.S. in General Experimental  Psychology</t>
   </si>
   <si>
     <t>PsyD in Clinical Psychology</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>97.00</t>
   </si>
   <si>
     <t>51.1508</t>
   </si>
   <si>
     <t>Mental Health Counseling/Counselor.</t>
   </si>
   <si>
     <t>M.S. in Clinical Mental Health Counseling</t>
   </si>
   <si>
     <t>42.2805</t>
   </si>
   <si>
     <t>School Psychology.</t>
   </si>
   <si>
     <t>M.Ed. in School Psychology</t>
   </si>
   <si>
     <t>42.2806</t>
   </si>
   <si>
     <t>Educational Psychology.</t>
   </si>
   <si>
     <t>M.A./M.S. in Educational Psychology</t>
   </si>
   <si>
     <t>Ed.S. in School Psychology</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>67.00</t>
+    <t>64.00</t>
   </si>
   <si>
     <t>44.0401</t>
   </si>
   <si>
     <t>Public Administration.</t>
   </si>
   <si>
     <t>M.P.A. in Public Administration</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>44.0701</t>
   </si>
   <si>
     <t>Social Work.</t>
   </si>
   <si>
     <t>Bachelor of Social Work</t>
   </si>
   <si>
     <t>45.0201</t>
   </si>
@@ -1399,419 +1416,416 @@
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>93.00</t>
   </si>
   <si>
     <t>51.0999</t>
   </si>
   <si>
     <t>Allied Health Diagnostic, Intervention, and Treatment Professions, Other.</t>
   </si>
   <si>
     <t>B.S. in Applied Medicine</t>
   </si>
   <si>
     <t>51.0913</t>
   </si>
   <si>
     <t>Athletic Training/Trainer.</t>
   </si>
   <si>
     <t>M.S. in Athletic Training</t>
   </si>
   <si>
+    <t>51.1004</t>
+  </si>
+  <si>
+    <t>Clinical/Medical Laboratory Technician.</t>
+  </si>
+  <si>
+    <t>A.S. in Clinical Laboratory Technician</t>
+  </si>
+  <si>
+    <t>51.1005</t>
+  </si>
+  <si>
+    <t>Clinical Laboratory Science/Medical Technology/Technologist.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Biology with Specialization in Medical Laboratory Science</t>
+  </si>
+  <si>
+    <t>126.00</t>
+  </si>
+  <si>
+    <t>127.00</t>
+  </si>
+  <si>
+    <t>M.S. in Clinical Laboratory Science</t>
+  </si>
+  <si>
+    <t>51.1102</t>
+  </si>
+  <si>
+    <t>Pre-Medicine/Pre-Medical Studies.</t>
+  </si>
+  <si>
+    <t>Pre-Medicine [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>51.1103</t>
+  </si>
+  <si>
+    <t>Pre-Pharmacy Studies.</t>
+  </si>
+  <si>
+    <t>Pre-Pharmacy [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>01.1302</t>
+  </si>
+  <si>
+    <t>Pre-Veterinary Studies.</t>
+  </si>
+  <si>
+    <t>Pre-Veterinary [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>Bachelor of Public Health</t>
+  </si>
+  <si>
+    <t>51.1505</t>
+  </si>
+  <si>
+    <t>Marriage and Family Therapy/Counseling.</t>
+  </si>
+  <si>
+    <t>M.S. in Marriage and Family Therapy</t>
+  </si>
+  <si>
+    <t>1983</t>
+  </si>
+  <si>
+    <t>51.3801</t>
+  </si>
+  <si>
+    <t>Registered Nursing/Registered Nurse.</t>
+  </si>
+  <si>
+    <t>A.S. in Nursing</t>
+  </si>
+  <si>
+    <t>B.S. in Nursing (Pre-Licensure)</t>
+  </si>
+  <si>
+    <t>M.S.N. in Nursing</t>
+  </si>
+  <si>
+    <t>38.00</t>
+  </si>
+  <si>
+    <t>51.00</t>
+  </si>
+  <si>
+    <t>51.2202</t>
+  </si>
+  <si>
+    <t>Environmental Health.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Environmental Health</t>
+  </si>
+  <si>
+    <t>52.0201</t>
+  </si>
+  <si>
+    <t>Business Administration and Management, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Management</t>
+  </si>
+  <si>
+    <t>Master of Business Administration</t>
+  </si>
+  <si>
+    <t>30.00</t>
+  </si>
+  <si>
+    <t>52.0204</t>
+  </si>
+  <si>
+    <t>Office Management and Supervision.</t>
+  </si>
+  <si>
+    <t>B.S. in Information Design and End User Computing</t>
+  </si>
+  <si>
+    <t>52.0205</t>
+  </si>
+  <si>
+    <t>Operations Management and Supervision.</t>
+  </si>
+  <si>
+    <t>A.S. in Manufacturing Supervision</t>
+  </si>
+  <si>
+    <t>1978</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in General Industrial Supervision</t>
+  </si>
+  <si>
+    <t>52.0299</t>
+  </si>
+  <si>
+    <t>Business Administration, Management and Operations, Other.</t>
+  </si>
+  <si>
+    <t>M.A./M.S. in Business Administration</t>
+  </si>
+  <si>
+    <t>52.0301</t>
+  </si>
+  <si>
+    <t>Accounting.</t>
+  </si>
+  <si>
+    <t>B.S. in Accounting</t>
+  </si>
+  <si>
+    <t>52.0401</t>
+  </si>
+  <si>
+    <t>Administrative Assistant and Secretarial Science, General.</t>
+  </si>
+  <si>
+    <t>A.S. in Secretarial</t>
+  </si>
+  <si>
+    <t>52.0801</t>
+  </si>
+  <si>
+    <t>Finance, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Finance</t>
+  </si>
+  <si>
+    <t>52.1001</t>
+  </si>
+  <si>
+    <t>Human Resources Management/Personnel Administration, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Human Resource Development for Higher Education and Industry</t>
+  </si>
+  <si>
+    <t>M.S. in Human Resource Development</t>
+  </si>
+  <si>
+    <t>52.1201</t>
+  </si>
+  <si>
+    <t>Management Information Systems, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Management Information Systems</t>
+  </si>
+  <si>
+    <t>52.1399</t>
+  </si>
+  <si>
+    <t>Management Sciences and Quantitative Methods, Other.</t>
+  </si>
+  <si>
+    <t>B.S. in Operations and Supply Chain Management</t>
+  </si>
+  <si>
+    <t>52.1401</t>
+  </si>
+  <si>
+    <t>Marketing/Marketing Management, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Marketing</t>
+  </si>
+  <si>
+    <t>52.1701</t>
+  </si>
+  <si>
+    <t>Insurance.</t>
+  </si>
+  <si>
+    <t>B.S. in Insurance and Risk Management</t>
+  </si>
+  <si>
+    <t>54.0101</t>
+  </si>
+  <si>
+    <t>History, General.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in History</t>
+  </si>
+  <si>
+    <t>M.A./M.S. in History</t>
+  </si>
+  <si>
+    <t>06</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate certificate</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate Certificate in Public Administration</t>
+  </si>
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>12.00</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate Certificate in Human Resources Development</t>
+  </si>
+  <si>
+    <t>TESL Certificate</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate Certificate in Organizational Leadership and Learning</t>
+  </si>
+  <si>
+    <t>15.9999</t>
+  </si>
+  <si>
+    <t>Engineering Technologies and Engineering-Related Fields, Other.</t>
+  </si>
+  <si>
+    <t>Pre-Bachelor's Program in Technology, Undesignated</t>
+  </si>
+  <si>
+    <t>16.0101</t>
+  </si>
+  <si>
+    <t>Foreign Languages and Literatures, General.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Foreign Languages and Literatures, General</t>
+  </si>
+  <si>
+    <t>51.0699</t>
+  </si>
+  <si>
+    <t>Dental Services and Allied Professions, Other.</t>
+  </si>
+  <si>
+    <t>Pre-Dental Hygiene [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>52.0101</t>
+  </si>
+  <si>
+    <t>Business/Commerce, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Business Administration</t>
+  </si>
+  <si>
+    <t>14.0102</t>
+  </si>
+  <si>
+    <t>Pre-Engineering.</t>
+  </si>
+  <si>
+    <t>Pre-Engineering [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>27.00</t>
+  </si>
+  <si>
+    <t>51.1101</t>
+  </si>
+  <si>
+    <t>Pre-Dentistry Studies.</t>
+  </si>
+  <si>
+    <t>Pre-Dentistry [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>51.1199</t>
+  </si>
+  <si>
+    <t>Health/Medical Preparatory Programs, Other.</t>
+  </si>
+  <si>
+    <t>Pre-Optometry [Not a Degree Program]</t>
+  </si>
+  <si>
+    <t>51.2306</t>
+  </si>
+  <si>
+    <t>Occupational Therapy/Therapist.</t>
+  </si>
+  <si>
+    <t>M.S. in Occupational Therapy</t>
+  </si>
+  <si>
+    <t>2012</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Doctoral degree-professional practice</t>
+  </si>
+  <si>
+    <t>51.2308</t>
+  </si>
+  <si>
+    <t>Physical Therapy/Therapist.</t>
+  </si>
+  <si>
+    <t>Doctor of Physical Therapy</t>
+  </si>
+  <si>
+    <t>100.00</t>
+  </si>
+  <si>
+    <t>51.3818</t>
+  </si>
+  <si>
+    <t>Nursing Practice.</t>
+  </si>
+  <si>
+    <t>Doctor of Nursing Practice</t>
+  </si>
+  <si>
     <t>37.00</t>
   </si>
   <si>
-    <t>51.1004</t>
-[...364 lines deleted...]
-  <si>
     <t>51.1503</t>
   </si>
   <si>
     <t>Clinical/Medical Social Work.</t>
   </si>
   <si>
     <t>Master of Social Work</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
     <t>Award of less than 1 academic year</t>
   </si>
   <si>
     <t>Certificate in Information Processing</t>
   </si>
   <si>
     <t>11.00</t>
   </si>
   <si>
     <t>Post-Master's Certificate in Family Nurse Practitioner</t>
   </si>
   <si>
     <t>Post-Baccalaureate Certificate in Instructional Design</t>
@@ -1837,395 +1851,392 @@
   <si>
     <t>Certificate in Music-Piano Pedagogy</t>
   </si>
   <si>
     <t>16.00</t>
   </si>
   <si>
     <t>Certificate in TESL/TEFL</t>
   </si>
   <si>
     <t>Language Studies Certificate</t>
   </si>
   <si>
     <t>45.0702</t>
   </si>
   <si>
     <t>Geographic Information Science and Cartography.</t>
   </si>
   <si>
     <t>Certificate in Geographic Information Science</t>
   </si>
   <si>
     <t>Certificate in Applied Computer Science</t>
   </si>
   <si>
+    <t>Certificate in Insurance</t>
+  </si>
+  <si>
+    <t>15.0000</t>
+  </si>
+  <si>
+    <t>Engineering Technology, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Engineering Technology</t>
+  </si>
+  <si>
+    <t>42.2803</t>
+  </si>
+  <si>
+    <t>Counseling Psychology.</t>
+  </si>
+  <si>
+    <t>Post Master's Certificate in Mental Health Counseling</t>
+  </si>
+  <si>
+    <t>M.S. in Engineering Technology Management</t>
+  </si>
+  <si>
+    <t>15.0201</t>
+  </si>
+  <si>
+    <t>Civil Engineering Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Civil Engineering Technology</t>
+  </si>
+  <si>
+    <t>45.1002</t>
+  </si>
+  <si>
+    <t>American Government and Politics (United States).</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate Certificate in Political Science</t>
+  </si>
+  <si>
+    <t>45.0901</t>
+  </si>
+  <si>
+    <t>International Relations and Affairs.</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate Certificate in International Politics</t>
+  </si>
+  <si>
+    <t>52.1899</t>
+  </si>
+  <si>
+    <t>General Merchandising, Sales, and Related Marketing Operations, Other.</t>
+  </si>
+  <si>
+    <t>Certificate in Sales (Insurance or Medical)</t>
+  </si>
+  <si>
+    <t>52.0206</t>
+  </si>
+  <si>
+    <t>Non-Profit/Public/Organizational Management.</t>
+  </si>
+  <si>
+    <t>Certificate in American Humanities</t>
+  </si>
+  <si>
+    <t>51.3203</t>
+  </si>
+  <si>
+    <t>Nursing Education.</t>
+  </si>
+  <si>
+    <t>Post-Master's Certificate in Nursing Education</t>
+  </si>
+  <si>
+    <t>31.0505</t>
+  </si>
+  <si>
+    <t>Kinesiology and Exercise Science.</t>
+  </si>
+  <si>
+    <t>B.A./B.S. in Kinesiology-Exercise Science</t>
+  </si>
+  <si>
+    <t>15.1503</t>
+  </si>
+  <si>
+    <t>Packaging Science.</t>
+  </si>
+  <si>
+    <t>B.S. in Packaging Engineering</t>
+  </si>
+  <si>
+    <t>M.A./M.S. in Occupational Safety Management</t>
+  </si>
+  <si>
+    <t>M.A./M.S. in Kinesiology (Exercise)</t>
+  </si>
+  <si>
+    <t>51.0000</t>
+  </si>
+  <si>
+    <t>Health Services/Allied Health/Health Sciences, General.</t>
+  </si>
+  <si>
+    <t>Healthcare Leadership (DHSc.)</t>
+  </si>
+  <si>
+    <t>43.00</t>
+  </si>
+  <si>
+    <t>30.1101</t>
+  </si>
+  <si>
+    <t>Gerontology.</t>
+  </si>
+  <si>
+    <t>Certificate in Gerontology</t>
+  </si>
+  <si>
+    <t>9.00</t>
+  </si>
+  <si>
+    <t>Post-baccalaureate Certificate in Safety Management</t>
+  </si>
+  <si>
+    <t>2014</t>
+  </si>
+  <si>
+    <t>Lean Six Sigma Certificate</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>30.9999</t>
+  </si>
+  <si>
+    <t>Multi-/Interdisciplinary Studies, Other.</t>
+  </si>
+  <si>
+    <t>Bachelor of Applied Science</t>
+  </si>
+  <si>
+    <t>26.0807</t>
+  </si>
+  <si>
+    <t>Genome Sciences/Genomics.</t>
+  </si>
+  <si>
+    <t>Certificate in Genomics, Health, and Public Policy</t>
+  </si>
+  <si>
+    <t>Doctor of Athletic Training</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>57.00</t>
+  </si>
+  <si>
+    <t>04.0901</t>
+  </si>
+  <si>
+    <t>Architectural Technology/Technician.</t>
+  </si>
+  <si>
+    <t>B.S. in Architectural Engineering Technology</t>
+  </si>
+  <si>
+    <t>Property-Casualty Insurance Certificate</t>
+  </si>
+  <si>
+    <t>51.1509</t>
+  </si>
+  <si>
+    <t>Genetic Counseling/Counselor.</t>
+  </si>
+  <si>
+    <t>M.S. in Genetic Counseling</t>
+  </si>
+  <si>
+    <t>61.00</t>
+  </si>
+  <si>
+    <t>B.S. in Unmanned Systems</t>
+  </si>
+  <si>
+    <t>13.1299</t>
+  </si>
+  <si>
+    <t>Teacher Education and Professional Development, Specific Levels and Methods, Other.</t>
+  </si>
+  <si>
+    <t>Virtual Instruction Certificate</t>
+  </si>
+  <si>
+    <t>2016</t>
+  </si>
+  <si>
+    <t>52.1301</t>
+  </si>
+  <si>
+    <t>Management Science.</t>
+  </si>
+  <si>
+    <t>Healthcare Analytics Certificate</t>
+  </si>
+  <si>
+    <t>19.0504</t>
+  </si>
+  <si>
+    <t>Human Nutrition.</t>
+  </si>
+  <si>
+    <t>B.S. in Nutrition</t>
+  </si>
+  <si>
+    <t>14.0101</t>
+  </si>
+  <si>
+    <t>Engineering, General.</t>
+  </si>
+  <si>
+    <t>B.S.E. in Engineering</t>
+  </si>
+  <si>
+    <t>2017</t>
+  </si>
+  <si>
+    <t>43.0403</t>
+  </si>
+  <si>
+    <t>Cyber/Computer Forensics and Counterterrorism.</t>
+  </si>
+  <si>
+    <t>B.S. in Cybercriminology and Security Studies</t>
+  </si>
+  <si>
+    <t>29.0201</t>
+  </si>
+  <si>
+    <t>Intelligence, General.</t>
+  </si>
+  <si>
+    <t>B.S. in Intelligence Analysis</t>
+  </si>
+  <si>
+    <t>51.3899</t>
+  </si>
+  <si>
+    <t>Registered Nursing, Nursing Administration, Nursing Research and Clinical Nursing, Other.</t>
+  </si>
+  <si>
+    <t>B.S. in Nursing (Post-Licensure)</t>
+  </si>
+  <si>
+    <t>B.S. in Sport Management</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>02</t>
+  </si>
+  <si>
+    <t>Award of at least 1 but less than 2 academic years</t>
+  </si>
+  <si>
+    <t>Certificate in Emerging Energy Technology</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
     <t>21.00</t>
   </si>
   <si>
-    <t>Certificate in Insurance</t>
-[...277 lines deleted...]
-  <si>
     <t>13.0604</t>
   </si>
   <si>
     <t>Educational Assessment, Testing, and Measurement.</t>
   </si>
   <si>
     <t>Post-baccalaureate Certificate in Psychoeducational Assessment</t>
   </si>
   <si>
     <t>Psy.D. in School Psychology</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>113.00</t>
+    <t>101.00</t>
   </si>
   <si>
     <t>51.2309</t>
   </si>
   <si>
     <t>Therapeutic Recreation/Recreational Therapy.</t>
   </si>
   <si>
     <t>B.S. in Recreation Therapy</t>
   </si>
   <si>
     <t>Certificate in Public Advocacy Communication</t>
   </si>
   <si>
     <t>09.0905</t>
   </si>
   <si>
     <t>Health Communication.</t>
   </si>
   <si>
     <t>Certificate in Health Communication</t>
   </si>
   <si>
     <t>09.0702</t>
   </si>
   <si>
     <t>Digital Communication and Media/Multimedia.</t>
   </si>
   <si>
     <t>Certificate in Digital Media Communication</t>
   </si>
   <si>
     <t>Certificate in Professional Communication</t>
   </si>
   <si>
     <t>Economic Policy Certificate</t>
   </si>
   <si>
     <t>Certificate in Nonprofit Leadership</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>9.00</t>
-[...1 lines deleted...]
-  <si>
     <t>44.0201</t>
   </si>
   <si>
     <t>Community Organization and Advocacy.</t>
   </si>
   <si>
     <t>Certificate in Civic Leadership</t>
   </si>
   <si>
     <t>Certificate in History</t>
   </si>
   <si>
     <t>18.00</t>
   </si>
   <si>
     <t>Post-Baccalaureate Certificate in Evaluation and Assessment</t>
   </si>
   <si>
     <t>14.00</t>
   </si>
   <si>
     <t>43.0302</t>
   </si>
   <si>
     <t>Crisis/Emergency/Disaster Management.</t>
@@ -2272,81 +2283,78 @@
   <si>
     <t>Public Relations, Advertising, and Applied Communication.</t>
   </si>
   <si>
     <t>B.A. in Public Relations</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>B.A. in Digital Communication and Media</t>
   </si>
   <si>
     <t>B.A. in Journalism</t>
   </si>
   <si>
     <t>51.3810</t>
   </si>
   <si>
     <t>Psychiatric/Mental Health Nurse/Nursing.</t>
   </si>
   <si>
     <t>Post-Master's Certificate in Psychiatric Mental Health Nurse Practitioner</t>
   </si>
   <si>
-    <t>26.00</t>
-[...1 lines deleted...]
-  <si>
     <t>44.0402</t>
   </si>
   <si>
     <t>Public Works Management.</t>
   </si>
   <si>
     <t>Public Lands Certificate</t>
   </si>
   <si>
     <t>B.S. in Sustainability and Environmental Studies Major</t>
   </si>
   <si>
     <t>Graduate Certificate in Early Childhood Education Leadership</t>
   </si>
   <si>
     <t>45.0603</t>
   </si>
   <si>
     <t>Econometrics and Quantitative Economics.</t>
   </si>
   <si>
     <t>B.A./B.S. in Quantitative Economics</t>
   </si>
   <si>
     <t>13.1306</t>
   </si>
   <si>
-    <t xml:space="preserve">Foreign Language Teacher  Education.</t>
+    <t>Foreign Language Teacher  Education.</t>
   </si>
   <si>
     <t>B.A. in Language Studies Teaching</t>
   </si>
   <si>
     <t>B.A./B.S. in English Teaching</t>
   </si>
   <si>
     <t>13.1312</t>
   </si>
   <si>
     <t>Music Teacher Education.</t>
   </si>
   <si>
     <t>B.M.Ed. in Music Education</t>
   </si>
   <si>
     <t>Criminal Intelligence Certificate</t>
   </si>
   <si>
     <t>Intelligence Analysis Counterintelligence Certificate</t>
   </si>
   <si>
     <t xml:space="preserve">Intelligence Collections and Operations Certificate </t>
   </si>
@@ -2432,102 +2440,177 @@
     <t>Forensic Science and Technology.</t>
   </si>
   <si>
     <t>B.S. in Forensics</t>
   </si>
   <si>
     <t>Early Childhood Education Transition to Teaching Certificate</t>
   </si>
   <si>
     <t>Unmanned Systems Certificate</t>
   </si>
   <si>
     <t>School Administration and Supervision - Initial License Post-Master's Certificate</t>
   </si>
   <si>
     <t>09.0906</t>
   </si>
   <si>
     <t>Sports Communication.</t>
   </si>
   <si>
     <t>B.A. in Sport Communication</t>
   </si>
   <si>
     <t>0</t>
+  </si>
+  <si>
+    <t>Certificate in Communication Leadership</t>
+  </si>
+  <si>
+    <t>Bachelor of Science (B.S.) in Early Childhood Education</t>
+  </si>
+  <si>
+    <t>14.0801</t>
+  </si>
+  <si>
+    <t>Civil Engineering, General.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B.S.E. In Civil Engineering </t>
+  </si>
+  <si>
+    <t>14.1901</t>
+  </si>
+  <si>
+    <t>Mechanical Engineering.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">B.S.E. in Mechanical Engineering </t>
+  </si>
+  <si>
+    <t>51.2208</t>
+  </si>
+  <si>
+    <t>Community Health and Preventive Medicine.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Certificate in Community Health and Prevention </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Certificate in Healthcare Leadership and Rehabilitation </t>
+  </si>
+  <si>
+    <t>10.00</t>
+  </si>
+  <si>
+    <t>51.3202</t>
+  </si>
+  <si>
+    <t>Health Professions Education.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Certificate in Healthcare Professions Education </t>
+  </si>
+  <si>
+    <t>51.2213</t>
+  </si>
+  <si>
+    <t>Patient Safety and Healthcare Quality.</t>
+  </si>
+  <si>
+    <t>Certificate in Healthcare Quality &amp; Informatics</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Packing Engineering Technology Certificate </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <fonts count="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
-        <a:sysClr val="windowText"/>
+        <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window"/>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
@@ -2759,14017 +2842,14258 @@
           <a:tileRect/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
           <a:tileRect/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:O315"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A69" sqref="A69:XFD69"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="22.42578125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="10.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="45.42578125" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="8.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="82.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="93.5703125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="13.7109375" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="9.42578125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="8.5703125" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="22.140625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="18.5703125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="17.7109375" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="23.85546875" bestFit="1" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="1">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="2">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>15</v>
       </c>
       <c r="B2">
         <v>117</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="E2" t="s">
         <v>18</v>
       </c>
       <c r="F2" t="s">
         <v>19</v>
       </c>
       <c r="G2" t="s">
         <v>20</v>
       </c>
       <c r="H2" t="s">
         <v>21</v>
       </c>
       <c r="I2" s="1">
         <v>26149</v>
       </c>
       <c r="J2" t="s">
         <v>22</v>
       </c>
-      <c r="K2"/>
       <c r="L2" t="s">
         <v>23</v>
       </c>
       <c r="M2" t="s">
         <v>24</v>
       </c>
       <c r="N2" t="s">
         <v>24</v>
       </c>
       <c r="O2" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="3">
+    <row r="3" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>15</v>
       </c>
       <c r="B3">
         <v>156</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>27</v>
       </c>
       <c r="G3" t="s">
         <v>28</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
       <c r="I3" s="1">
         <v>26149</v>
       </c>
       <c r="J3" t="s">
         <v>22</v>
       </c>
-      <c r="K3"/>
       <c r="L3" t="s">
         <v>23</v>
       </c>
       <c r="M3" t="s">
         <v>24</v>
       </c>
       <c r="N3" t="s">
         <v>24</v>
       </c>
       <c r="O3" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="4">
+    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>15</v>
       </c>
       <c r="B4">
         <v>284</v>
       </c>
       <c r="C4" t="s">
         <v>16</v>
       </c>
       <c r="D4" t="s">
         <v>17</v>
       </c>
       <c r="E4" t="s">
         <v>29</v>
       </c>
       <c r="F4" t="s">
         <v>30</v>
       </c>
       <c r="G4" t="s">
         <v>31</v>
       </c>
       <c r="H4" t="s">
         <v>21</v>
       </c>
       <c r="I4" s="1">
         <v>26149</v>
       </c>
       <c r="J4" t="s">
         <v>22</v>
       </c>
-      <c r="K4"/>
       <c r="L4" t="s">
         <v>23</v>
       </c>
       <c r="M4" t="s">
         <v>24</v>
       </c>
       <c r="N4" t="s">
         <v>24</v>
       </c>
       <c r="O4" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="5">
+    <row r="5" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>15</v>
       </c>
       <c r="B5">
         <v>311</v>
       </c>
       <c r="C5" t="s">
         <v>32</v>
       </c>
       <c r="D5" t="s">
         <v>33</v>
       </c>
       <c r="E5" t="s">
         <v>34</v>
       </c>
       <c r="F5" t="s">
         <v>35</v>
       </c>
       <c r="G5" t="s">
         <v>36</v>
       </c>
       <c r="H5" t="s">
         <v>21</v>
       </c>
       <c r="I5" s="1">
         <v>26149</v>
       </c>
       <c r="J5" t="s">
         <v>22</v>
       </c>
-      <c r="K5"/>
       <c r="L5" t="s">
         <v>23</v>
       </c>
       <c r="M5" t="s">
         <v>37</v>
       </c>
       <c r="N5" t="s">
         <v>37</v>
       </c>
       <c r="O5" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="6">
+    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6">
         <v>332</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>39</v>
       </c>
       <c r="G6" t="s">
         <v>40</v>
       </c>
       <c r="H6" t="s">
         <v>41</v>
       </c>
       <c r="I6" s="1">
         <v>26149</v>
       </c>
       <c r="J6" t="s">
         <v>22</v>
       </c>
       <c r="K6">
         <v>2008</v>
       </c>
       <c r="L6" t="s">
         <v>23</v>
       </c>
       <c r="M6" t="s">
         <v>42</v>
       </c>
       <c r="N6" t="s">
         <v>42</v>
       </c>
       <c r="O6" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="7">
+    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>15</v>
       </c>
       <c r="B7">
         <v>354</v>
       </c>
       <c r="C7" t="s">
         <v>16</v>
       </c>
       <c r="D7" t="s">
         <v>17</v>
       </c>
       <c r="E7" t="s">
         <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>44</v>
       </c>
       <c r="G7" t="s">
         <v>45</v>
       </c>
       <c r="H7" t="s">
         <v>41</v>
       </c>
       <c r="I7" s="1">
         <v>26149</v>
       </c>
       <c r="J7" t="s">
         <v>22</v>
       </c>
       <c r="K7">
         <v>2008</v>
       </c>
       <c r="L7" t="s">
         <v>23</v>
       </c>
       <c r="M7" t="s">
         <v>42</v>
       </c>
       <c r="N7" t="s">
         <v>42</v>
       </c>
       <c r="O7" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="8">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>15</v>
       </c>
       <c r="B8">
         <v>364</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8" t="s">
         <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>44</v>
       </c>
       <c r="G8" t="s">
         <v>46</v>
       </c>
       <c r="H8" t="s">
         <v>41</v>
       </c>
       <c r="I8" s="1">
         <v>26149</v>
       </c>
       <c r="J8" t="s">
         <v>22</v>
       </c>
       <c r="K8">
         <v>1980</v>
       </c>
       <c r="L8" t="s">
         <v>23</v>
       </c>
       <c r="M8" t="s">
         <v>42</v>
       </c>
       <c r="N8" t="s">
         <v>42</v>
       </c>
       <c r="O8" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="9">
+    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>15</v>
       </c>
       <c r="B9">
         <v>466</v>
       </c>
       <c r="C9" t="s">
         <v>16</v>
       </c>
       <c r="D9" t="s">
         <v>17</v>
       </c>
       <c r="E9" t="s">
         <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
         <v>41</v>
       </c>
       <c r="I9" s="1">
         <v>35923</v>
       </c>
       <c r="J9" t="s">
         <v>50</v>
       </c>
       <c r="K9">
         <v>2008</v>
       </c>
       <c r="L9" t="s">
         <v>23</v>
       </c>
       <c r="M9" t="s">
         <v>42</v>
       </c>
       <c r="N9" t="s">
         <v>42</v>
       </c>
       <c r="O9" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="10">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>15</v>
       </c>
       <c r="B10">
         <v>579</v>
       </c>
       <c r="C10" t="s">
         <v>16</v>
       </c>
       <c r="D10" t="s">
         <v>17</v>
       </c>
       <c r="E10" t="s">
         <v>51</v>
       </c>
       <c r="F10" t="s">
         <v>52</v>
       </c>
       <c r="G10" t="s">
         <v>53</v>
       </c>
       <c r="H10" t="s">
         <v>41</v>
       </c>
       <c r="I10" s="1">
         <v>35923</v>
       </c>
       <c r="J10" t="s">
         <v>54</v>
       </c>
       <c r="K10">
         <v>2005</v>
       </c>
       <c r="L10" t="s">
         <v>23</v>
       </c>
       <c r="M10" t="s">
         <v>42</v>
       </c>
       <c r="N10" t="s">
         <v>42</v>
       </c>
       <c r="O10" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="11">
+    <row r="11" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11">
         <v>599</v>
       </c>
       <c r="C11" t="s">
         <v>16</v>
       </c>
       <c r="D11" t="s">
         <v>17</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>56</v>
       </c>
       <c r="G11" t="s">
         <v>57</v>
       </c>
       <c r="H11" t="s">
         <v>41</v>
       </c>
       <c r="I11" s="1">
         <v>26149</v>
       </c>
       <c r="J11" t="s">
         <v>22</v>
       </c>
       <c r="K11">
         <v>2008</v>
       </c>
       <c r="L11" t="s">
         <v>23</v>
       </c>
       <c r="M11" t="s">
         <v>42</v>
       </c>
       <c r="N11" t="s">
         <v>42</v>
       </c>
       <c r="O11" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="12">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>3294</v>
       </c>
       <c r="C12" t="s">
         <v>16</v>
       </c>
       <c r="D12" t="s">
         <v>17</v>
       </c>
       <c r="E12" t="s">
         <v>58</v>
       </c>
       <c r="F12" t="s">
         <v>59</v>
       </c>
       <c r="G12" t="s">
         <v>60</v>
       </c>
       <c r="H12" t="s">
         <v>21</v>
       </c>
       <c r="I12" s="1">
         <v>26149</v>
       </c>
       <c r="J12" t="s">
         <v>61</v>
       </c>
-      <c r="K12"/>
       <c r="L12" t="s">
         <v>62</v>
       </c>
       <c r="M12" t="s">
         <v>24</v>
       </c>
       <c r="N12" t="s">
         <v>24</v>
       </c>
       <c r="O12" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="13">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13">
         <v>3321</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>33</v>
       </c>
       <c r="E13" t="s">
         <v>63</v>
       </c>
       <c r="F13" t="s">
         <v>64</v>
       </c>
       <c r="G13" t="s">
         <v>65</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" s="1">
         <v>39766</v>
       </c>
       <c r="J13" t="s">
         <v>66</v>
       </c>
-      <c r="K13"/>
       <c r="L13" t="s">
         <v>62</v>
       </c>
       <c r="M13" t="s">
         <v>37</v>
       </c>
       <c r="N13" t="s">
         <v>37</v>
       </c>
       <c r="O13" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="14">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>15</v>
       </c>
       <c r="B14">
         <v>3410</v>
       </c>
       <c r="C14" t="s">
         <v>16</v>
       </c>
       <c r="D14" t="s">
         <v>17</v>
       </c>
       <c r="E14" t="s">
         <v>67</v>
       </c>
       <c r="F14" t="s">
         <v>68</v>
       </c>
       <c r="G14" t="s">
         <v>69</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" s="1">
         <v>36959</v>
       </c>
       <c r="J14" t="s">
         <v>70</v>
       </c>
-      <c r="K14"/>
       <c r="L14" t="s">
         <v>62</v>
       </c>
       <c r="M14" t="s">
         <v>24</v>
       </c>
       <c r="N14" t="s">
         <v>24</v>
       </c>
       <c r="O14" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="15">
+    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
         <v>4102</v>
       </c>
       <c r="C15" t="s">
         <v>16</v>
       </c>
       <c r="D15" t="s">
         <v>17</v>
       </c>
       <c r="E15" t="s">
         <v>71</v>
       </c>
       <c r="F15" t="s">
         <v>72</v>
       </c>
       <c r="G15" t="s">
         <v>73</v>
       </c>
       <c r="H15" t="s">
         <v>41</v>
       </c>
       <c r="I15" s="1">
         <v>26149</v>
       </c>
       <c r="J15" t="s">
         <v>54</v>
       </c>
       <c r="K15">
         <v>2010</v>
       </c>
       <c r="L15" t="s">
         <v>23</v>
       </c>
       <c r="M15" t="s">
         <v>42</v>
       </c>
       <c r="N15" t="s">
         <v>42</v>
       </c>
       <c r="O15" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="16">
+    <row r="16" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>15</v>
       </c>
       <c r="B16">
         <v>4112</v>
       </c>
       <c r="C16" t="s">
         <v>32</v>
       </c>
       <c r="D16" t="s">
         <v>33</v>
       </c>
       <c r="E16" t="s">
         <v>71</v>
       </c>
       <c r="F16" t="s">
         <v>72</v>
       </c>
       <c r="G16" t="s">
         <v>74</v>
       </c>
       <c r="H16" t="s">
         <v>41</v>
       </c>
       <c r="I16" s="1">
         <v>26149</v>
       </c>
       <c r="J16" t="s">
         <v>61</v>
       </c>
       <c r="K16">
         <v>1989</v>
       </c>
       <c r="L16" t="s">
         <v>23</v>
       </c>
       <c r="M16" t="s">
         <v>42</v>
       </c>
       <c r="N16" t="s">
         <v>42</v>
       </c>
       <c r="O16" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="17">
+    <row r="17" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>15</v>
       </c>
       <c r="B17">
         <v>4123</v>
       </c>
       <c r="C17" t="s">
         <v>32</v>
       </c>
       <c r="D17" t="s">
         <v>33</v>
       </c>
       <c r="E17" t="s">
         <v>75</v>
       </c>
       <c r="F17" t="s">
         <v>76</v>
       </c>
       <c r="G17" t="s">
         <v>77</v>
       </c>
       <c r="H17" t="s">
         <v>21</v>
       </c>
       <c r="I17" s="1">
         <v>26149</v>
       </c>
       <c r="J17" t="s">
         <v>78</v>
       </c>
-      <c r="K17"/>
       <c r="L17" t="s">
         <v>62</v>
       </c>
       <c r="M17" t="s">
         <v>37</v>
       </c>
       <c r="N17" t="s">
         <v>37</v>
       </c>
       <c r="O17" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="18">
+    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>15</v>
       </c>
       <c r="B18">
         <v>4230</v>
       </c>
       <c r="C18" t="s">
         <v>79</v>
       </c>
       <c r="D18" t="s">
         <v>80</v>
       </c>
       <c r="E18" t="s">
         <v>75</v>
       </c>
       <c r="F18" t="s">
         <v>76</v>
       </c>
       <c r="G18" t="s">
         <v>81</v>
       </c>
       <c r="H18" t="s">
         <v>21</v>
       </c>
       <c r="I18" s="1">
         <v>30204</v>
       </c>
       <c r="J18" t="s">
         <v>82</v>
       </c>
-      <c r="K18"/>
       <c r="L18" t="s">
         <v>62</v>
       </c>
       <c r="M18" t="s">
         <v>83</v>
       </c>
       <c r="N18" t="s">
         <v>83</v>
       </c>
       <c r="O18" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="19">
+    <row r="19" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>15</v>
       </c>
       <c r="B19">
         <v>4231</v>
       </c>
       <c r="C19" t="s">
         <v>84</v>
       </c>
       <c r="D19" t="s">
         <v>85</v>
       </c>
       <c r="E19" t="s">
         <v>75</v>
       </c>
       <c r="F19" t="s">
         <v>76</v>
       </c>
       <c r="G19" t="s">
         <v>86</v>
       </c>
       <c r="H19" t="s">
         <v>41</v>
       </c>
       <c r="I19" s="1">
         <v>26149</v>
       </c>
       <c r="J19" t="s">
         <v>22</v>
       </c>
       <c r="K19">
         <v>2000</v>
       </c>
       <c r="L19" t="s">
         <v>23</v>
       </c>
       <c r="M19" t="s">
         <v>42</v>
       </c>
       <c r="N19" t="s">
         <v>42</v>
       </c>
       <c r="O19" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="20">
+    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>15</v>
       </c>
       <c r="B20">
         <v>4239</v>
       </c>
       <c r="C20" t="s">
         <v>32</v>
       </c>
       <c r="D20" t="s">
         <v>33</v>
       </c>
       <c r="E20" t="s">
         <v>87</v>
       </c>
       <c r="F20" t="s">
         <v>88</v>
       </c>
       <c r="G20" t="s">
         <v>89</v>
       </c>
       <c r="H20" t="s">
         <v>21</v>
       </c>
       <c r="I20" s="1">
         <v>26149</v>
       </c>
       <c r="J20" t="s">
         <v>22</v>
       </c>
-      <c r="K20"/>
       <c r="L20" t="s">
         <v>62</v>
       </c>
       <c r="M20" t="s">
         <v>37</v>
       </c>
       <c r="N20" t="s">
         <v>37</v>
       </c>
       <c r="O20" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="21">
+    <row r="21" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>15</v>
       </c>
       <c r="B21">
         <v>4338</v>
       </c>
       <c r="C21" t="s">
         <v>84</v>
       </c>
       <c r="D21" t="s">
         <v>85</v>
       </c>
       <c r="E21" t="s">
         <v>87</v>
       </c>
       <c r="F21" t="s">
         <v>88</v>
       </c>
       <c r="G21" t="s">
         <v>90</v>
       </c>
       <c r="H21" t="s">
         <v>21</v>
       </c>
       <c r="I21" s="1">
         <v>31723</v>
       </c>
       <c r="J21" t="s">
         <v>91</v>
       </c>
-      <c r="K21"/>
       <c r="L21" t="s">
         <v>62</v>
       </c>
       <c r="M21" t="s">
         <v>83</v>
       </c>
       <c r="N21" t="s">
         <v>83</v>
       </c>
       <c r="O21" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="22">
+    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>15</v>
       </c>
       <c r="B22">
         <v>4343</v>
       </c>
       <c r="C22" t="s">
         <v>79</v>
       </c>
       <c r="D22" t="s">
         <v>80</v>
       </c>
       <c r="E22" t="s">
         <v>87</v>
       </c>
       <c r="F22" t="s">
         <v>88</v>
       </c>
       <c r="G22" t="s">
         <v>92</v>
       </c>
       <c r="H22" t="s">
         <v>21</v>
       </c>
       <c r="I22" s="1">
         <v>26149</v>
       </c>
       <c r="J22" t="s">
         <v>22</v>
       </c>
-      <c r="K22"/>
       <c r="L22" t="s">
         <v>62</v>
       </c>
       <c r="M22" t="s">
         <v>93</v>
       </c>
       <c r="N22" t="s">
         <v>93</v>
       </c>
       <c r="O22" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="23">
+    <row r="23" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>15</v>
       </c>
       <c r="B23">
         <v>4356</v>
       </c>
       <c r="C23" t="s">
         <v>16</v>
       </c>
       <c r="D23" t="s">
         <v>17</v>
       </c>
       <c r="E23" t="s">
         <v>94</v>
       </c>
       <c r="F23" t="s">
         <v>95</v>
       </c>
       <c r="G23" t="s">
         <v>96</v>
       </c>
       <c r="H23" t="s">
         <v>41</v>
       </c>
       <c r="I23" s="1">
         <v>26149</v>
       </c>
       <c r="J23" t="s">
         <v>61</v>
       </c>
       <c r="K23">
         <v>2008</v>
       </c>
       <c r="L23" t="s">
         <v>23</v>
       </c>
       <c r="M23" t="s">
         <v>42</v>
       </c>
       <c r="N23" t="s">
         <v>42</v>
       </c>
       <c r="O23" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="24">
+    <row r="24" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24">
         <v>4360</v>
       </c>
       <c r="C24" t="s">
         <v>32</v>
       </c>
       <c r="D24" t="s">
         <v>33</v>
       </c>
       <c r="E24" t="s">
         <v>94</v>
       </c>
       <c r="F24" t="s">
         <v>95</v>
       </c>
       <c r="G24" t="s">
         <v>97</v>
       </c>
       <c r="H24" t="s">
         <v>41</v>
       </c>
       <c r="I24" s="1">
         <v>26149</v>
       </c>
       <c r="J24" t="s">
         <v>22</v>
       </c>
       <c r="K24">
         <v>2023</v>
       </c>
       <c r="L24" t="s">
         <v>62</v>
       </c>
       <c r="M24" t="s">
         <v>37</v>
       </c>
       <c r="N24" t="s">
         <v>37</v>
       </c>
       <c r="O24" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="25">
+    <row r="25" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>15</v>
       </c>
       <c r="B25">
         <v>4385</v>
       </c>
       <c r="C25" t="s">
         <v>16</v>
       </c>
       <c r="D25" t="s">
         <v>17</v>
       </c>
       <c r="E25" t="s">
         <v>98</v>
       </c>
       <c r="F25" t="s">
         <v>99</v>
       </c>
       <c r="G25" t="s">
         <v>100</v>
       </c>
       <c r="H25" t="s">
         <v>21</v>
       </c>
       <c r="I25" s="1">
         <v>26149</v>
       </c>
       <c r="J25" t="s">
         <v>22</v>
       </c>
-      <c r="K25"/>
       <c r="L25" t="s">
         <v>23</v>
       </c>
       <c r="M25" t="s">
         <v>24</v>
       </c>
       <c r="N25" t="s">
         <v>24</v>
       </c>
       <c r="O25" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="26">
+    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26">
         <v>4399</v>
       </c>
       <c r="C26" t="s">
         <v>32</v>
       </c>
       <c r="D26" t="s">
         <v>33</v>
       </c>
       <c r="E26" t="s">
         <v>98</v>
       </c>
       <c r="F26" t="s">
         <v>99</v>
       </c>
       <c r="G26" t="s">
         <v>101</v>
       </c>
       <c r="H26" t="s">
         <v>41</v>
       </c>
       <c r="I26" s="1">
         <v>26149</v>
       </c>
       <c r="J26" t="s">
         <v>22</v>
       </c>
       <c r="K26">
         <v>2025</v>
       </c>
       <c r="L26" t="s">
         <v>62</v>
       </c>
       <c r="M26" t="s">
         <v>102</v>
       </c>
       <c r="N26" t="s">
         <v>102</v>
       </c>
       <c r="O26" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="27">
+    <row r="27" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>15</v>
       </c>
       <c r="B27">
         <v>4502</v>
       </c>
       <c r="C27" t="s">
         <v>84</v>
       </c>
       <c r="D27" t="s">
         <v>85</v>
       </c>
       <c r="E27" t="s">
         <v>98</v>
       </c>
       <c r="F27" t="s">
         <v>99</v>
       </c>
       <c r="G27" t="s">
         <v>103</v>
       </c>
       <c r="H27" t="s">
         <v>41</v>
       </c>
       <c r="I27" s="1">
         <v>26149</v>
       </c>
       <c r="J27" t="s">
         <v>22</v>
       </c>
       <c r="K27">
         <v>1987</v>
       </c>
       <c r="L27" t="s">
         <v>23</v>
       </c>
       <c r="M27" t="s">
         <v>42</v>
       </c>
       <c r="N27" t="s">
         <v>42</v>
       </c>
       <c r="O27" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="28">
+    <row r="28" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>15</v>
       </c>
       <c r="B28">
         <v>4531</v>
       </c>
       <c r="C28" t="s">
         <v>32</v>
       </c>
       <c r="D28" t="s">
         <v>33</v>
       </c>
       <c r="E28" t="s">
         <v>104</v>
       </c>
       <c r="F28" t="s">
         <v>105</v>
       </c>
       <c r="G28" t="s">
         <v>106</v>
       </c>
       <c r="H28" t="s">
         <v>21</v>
       </c>
       <c r="I28" s="1">
         <v>26149</v>
       </c>
       <c r="J28" t="s">
         <v>22</v>
       </c>
-      <c r="K28"/>
       <c r="L28" t="s">
         <v>23</v>
       </c>
       <c r="M28" t="s">
         <v>83</v>
       </c>
       <c r="N28" t="s">
         <v>83</v>
       </c>
       <c r="O28" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="29">
+    <row r="29" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>15</v>
       </c>
       <c r="B29">
         <v>4541</v>
       </c>
       <c r="C29" t="s">
         <v>79</v>
       </c>
       <c r="D29" t="s">
         <v>80</v>
       </c>
       <c r="E29" t="s">
         <v>104</v>
       </c>
       <c r="F29" t="s">
         <v>105</v>
       </c>
       <c r="G29" t="s">
         <v>107</v>
       </c>
       <c r="H29" t="s">
         <v>41</v>
       </c>
       <c r="I29" s="1">
         <v>26149</v>
       </c>
       <c r="J29" t="s">
         <v>22</v>
       </c>
       <c r="K29">
         <v>2025</v>
       </c>
       <c r="L29" t="s">
         <v>23</v>
       </c>
       <c r="M29" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="N29" t="s">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="O29" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="30">
+    <row r="30" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>15</v>
       </c>
       <c r="B30">
         <v>4543</v>
       </c>
       <c r="C30" t="s">
         <v>84</v>
       </c>
       <c r="D30" t="s">
         <v>85</v>
       </c>
       <c r="E30" t="s">
         <v>104</v>
       </c>
       <c r="F30" t="s">
         <v>105</v>
       </c>
       <c r="G30" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="H30" t="s">
         <v>41</v>
       </c>
       <c r="I30" s="1">
         <v>26149</v>
       </c>
       <c r="J30" t="s">
         <v>61</v>
       </c>
       <c r="K30">
         <v>2000</v>
       </c>
       <c r="L30" t="s">
         <v>23</v>
       </c>
       <c r="M30" t="s">
         <v>42</v>
       </c>
       <c r="N30" t="s">
         <v>42</v>
       </c>
       <c r="O30" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="31">
+    <row r="31" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>15</v>
       </c>
       <c r="B31">
         <v>4547</v>
       </c>
       <c r="C31" t="s">
         <v>32</v>
       </c>
       <c r="D31" t="s">
         <v>33</v>
       </c>
       <c r="E31" t="s">
+        <v>109</v>
+      </c>
+      <c r="F31" t="s">
         <v>110</v>
       </c>
-      <c r="F31" t="s">
+      <c r="G31" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="H31" t="s">
         <v>21</v>
       </c>
       <c r="I31" s="1">
         <v>26149</v>
       </c>
       <c r="J31" t="s">
         <v>22</v>
       </c>
-      <c r="K31"/>
       <c r="L31" t="s">
         <v>62</v>
       </c>
       <c r="M31" t="s">
         <v>102</v>
       </c>
       <c r="N31" t="s">
         <v>102</v>
       </c>
       <c r="O31" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="32">
+    <row r="32" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>15</v>
       </c>
       <c r="B32">
         <v>4576</v>
       </c>
       <c r="C32" t="s">
         <v>16</v>
       </c>
       <c r="D32" t="s">
         <v>17</v>
       </c>
       <c r="E32" t="s">
+        <v>112</v>
+      </c>
+      <c r="F32" t="s">
         <v>113</v>
       </c>
-      <c r="F32" t="s">
+      <c r="G32" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="H32" t="s">
         <v>21</v>
       </c>
       <c r="I32" s="1">
         <v>26149</v>
       </c>
       <c r="J32" t="s">
         <v>22</v>
       </c>
-      <c r="K32"/>
       <c r="L32" t="s">
         <v>23</v>
       </c>
       <c r="M32" t="s">
         <v>24</v>
       </c>
       <c r="N32" t="s">
         <v>24</v>
       </c>
       <c r="O32" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="33">
+    <row r="33" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>15</v>
       </c>
       <c r="B33">
         <v>4615</v>
       </c>
       <c r="C33" t="s">
         <v>32</v>
       </c>
       <c r="D33" t="s">
         <v>33</v>
       </c>
       <c r="E33" t="s">
+        <v>112</v>
+      </c>
+      <c r="F33" t="s">
         <v>113</v>
       </c>
-      <c r="F33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G33" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H33" t="s">
         <v>41</v>
       </c>
       <c r="I33" s="1">
         <v>26149</v>
       </c>
       <c r="J33" t="s">
         <v>22</v>
       </c>
       <c r="K33">
         <v>2021</v>
       </c>
       <c r="L33" t="s">
         <v>62</v>
       </c>
       <c r="M33" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="N33" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="O33" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="34">
+    <row r="34" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>15</v>
       </c>
       <c r="B34">
         <v>4629</v>
       </c>
       <c r="C34" t="s">
         <v>79</v>
       </c>
       <c r="D34" t="s">
         <v>80</v>
       </c>
       <c r="E34" t="s">
+        <v>112</v>
+      </c>
+      <c r="F34" t="s">
         <v>113</v>
       </c>
-      <c r="F34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G34" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="H34" t="s">
         <v>41</v>
       </c>
       <c r="I34" s="1">
         <v>26149</v>
       </c>
       <c r="J34" t="s">
         <v>22</v>
       </c>
       <c r="K34">
         <v>2000</v>
       </c>
       <c r="L34" t="s">
         <v>23</v>
       </c>
       <c r="M34" t="s">
         <v>42</v>
       </c>
       <c r="N34" t="s">
         <v>42</v>
       </c>
       <c r="O34" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="35">
+    <row r="35" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>15</v>
       </c>
       <c r="B35">
         <v>4631</v>
       </c>
       <c r="C35" t="s">
         <v>84</v>
       </c>
       <c r="D35" t="s">
         <v>85</v>
       </c>
       <c r="E35" t="s">
+        <v>112</v>
+      </c>
+      <c r="F35" t="s">
         <v>113</v>
       </c>
-      <c r="F35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G35" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="H35" t="s">
         <v>41</v>
       </c>
       <c r="I35" s="1">
         <v>26149</v>
       </c>
       <c r="J35" t="s">
         <v>22</v>
       </c>
       <c r="K35">
         <v>1987</v>
       </c>
       <c r="L35" t="s">
         <v>23</v>
       </c>
       <c r="M35" t="s">
         <v>42</v>
       </c>
       <c r="N35" t="s">
         <v>42</v>
       </c>
       <c r="O35" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="36">
+    <row r="36" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>15</v>
       </c>
       <c r="B36">
         <v>4635</v>
       </c>
       <c r="C36" t="s">
         <v>16</v>
       </c>
       <c r="D36" t="s">
         <v>17</v>
       </c>
       <c r="E36" t="s">
+        <v>119</v>
+      </c>
+      <c r="F36" t="s">
         <v>120</v>
       </c>
-      <c r="F36" t="s">
+      <c r="G36" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="H36" t="s">
         <v>41</v>
       </c>
       <c r="I36" s="1">
         <v>26149</v>
       </c>
       <c r="J36" t="s">
         <v>61</v>
       </c>
       <c r="K36">
         <v>1989</v>
       </c>
       <c r="L36" t="s">
         <v>23</v>
       </c>
       <c r="M36" t="s">
         <v>42</v>
       </c>
       <c r="N36" t="s">
         <v>42</v>
       </c>
       <c r="O36" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="37">
+    <row r="37" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>15</v>
       </c>
       <c r="B37">
         <v>4640</v>
       </c>
       <c r="C37" t="s">
         <v>32</v>
       </c>
       <c r="D37" t="s">
         <v>33</v>
       </c>
       <c r="E37" t="s">
+        <v>119</v>
+      </c>
+      <c r="F37" t="s">
         <v>120</v>
       </c>
-      <c r="F37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G37" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H37" t="s">
         <v>41</v>
       </c>
       <c r="I37" s="1">
         <v>26149</v>
       </c>
       <c r="J37" t="s">
         <v>61</v>
       </c>
       <c r="K37">
         <v>1989</v>
       </c>
       <c r="L37" t="s">
         <v>23</v>
       </c>
       <c r="M37" t="s">
         <v>42</v>
       </c>
       <c r="N37" t="s">
         <v>42</v>
       </c>
       <c r="O37" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="38">
+    <row r="38" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>15</v>
       </c>
       <c r="B38">
         <v>4668</v>
       </c>
       <c r="C38" t="s">
         <v>32</v>
       </c>
       <c r="D38" t="s">
         <v>33</v>
       </c>
       <c r="E38" t="s">
+        <v>123</v>
+      </c>
+      <c r="F38" t="s">
         <v>124</v>
       </c>
-      <c r="F38" t="s">
+      <c r="G38" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="H38" t="s">
         <v>41</v>
       </c>
       <c r="I38" s="1">
         <v>26149</v>
       </c>
       <c r="J38" t="s">
         <v>22</v>
       </c>
       <c r="K38">
         <v>1992</v>
       </c>
       <c r="L38" t="s">
         <v>23</v>
       </c>
       <c r="M38" t="s">
         <v>42</v>
       </c>
       <c r="N38" t="s">
         <v>42</v>
       </c>
       <c r="O38" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="39">
+    <row r="39" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>15</v>
       </c>
       <c r="B39">
         <v>4679</v>
       </c>
       <c r="C39" t="s">
         <v>84</v>
       </c>
       <c r="D39" t="s">
         <v>85</v>
       </c>
       <c r="E39" t="s">
+        <v>123</v>
+      </c>
+      <c r="F39" t="s">
         <v>124</v>
       </c>
-      <c r="F39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G39" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H39" t="s">
         <v>41</v>
       </c>
       <c r="I39" s="1">
         <v>26149</v>
       </c>
       <c r="J39" t="s">
         <v>22</v>
       </c>
       <c r="K39">
         <v>1987</v>
       </c>
       <c r="L39" t="s">
         <v>23</v>
       </c>
       <c r="M39" t="s">
         <v>42</v>
       </c>
       <c r="N39" t="s">
         <v>42</v>
       </c>
       <c r="O39" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="40">
+    <row r="40" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>15</v>
       </c>
       <c r="B40">
         <v>4710</v>
       </c>
       <c r="C40" t="s">
         <v>84</v>
       </c>
       <c r="D40" t="s">
         <v>85</v>
       </c>
       <c r="E40" t="s">
+        <v>127</v>
+      </c>
+      <c r="F40" t="s">
         <v>128</v>
       </c>
-      <c r="F40" t="s">
+      <c r="G40" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="H40" t="s">
         <v>41</v>
       </c>
       <c r="I40" s="1">
         <v>26149</v>
       </c>
       <c r="J40" t="s">
         <v>61</v>
       </c>
       <c r="K40">
         <v>1987</v>
       </c>
       <c r="L40" t="s">
         <v>23</v>
       </c>
       <c r="M40" t="s">
         <v>42</v>
       </c>
       <c r="N40" t="s">
         <v>42</v>
       </c>
       <c r="O40" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="41">
+    <row r="41" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>15</v>
       </c>
       <c r="B41">
         <v>4850</v>
       </c>
       <c r="C41" t="s">
+        <v>130</v>
+      </c>
+      <c r="D41" t="s">
         <v>131</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>132</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
         <v>133</v>
       </c>
-      <c r="F41" t="s">
+      <c r="G41" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="H41" t="s">
         <v>41</v>
       </c>
       <c r="I41" s="1">
         <v>26149</v>
       </c>
       <c r="J41" t="s">
         <v>22</v>
       </c>
       <c r="K41">
         <v>2016</v>
       </c>
       <c r="L41" t="s">
         <v>23</v>
       </c>
       <c r="M41" t="s">
         <v>42</v>
       </c>
       <c r="N41" t="s">
         <v>42</v>
       </c>
       <c r="O41" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="42">
+    <row r="42" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>15</v>
       </c>
       <c r="B42">
         <v>6188</v>
       </c>
       <c r="C42" t="s">
         <v>16</v>
       </c>
       <c r="D42" t="s">
         <v>17</v>
       </c>
       <c r="E42" t="s">
+        <v>132</v>
+      </c>
+      <c r="F42" t="s">
         <v>133</v>
       </c>
-      <c r="F42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G42" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H42" t="s">
         <v>41</v>
       </c>
       <c r="I42" s="1">
         <v>26149</v>
       </c>
       <c r="J42" t="s">
         <v>22</v>
       </c>
-      <c r="K42"/>
       <c r="L42" t="s">
         <v>23</v>
       </c>
       <c r="M42" t="s">
         <v>42</v>
       </c>
       <c r="N42" t="s">
         <v>42</v>
       </c>
       <c r="O42" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="43">
+    <row r="43" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>15</v>
       </c>
       <c r="B43">
         <v>6194</v>
       </c>
       <c r="C43" t="s">
         <v>32</v>
       </c>
       <c r="D43" t="s">
         <v>33</v>
       </c>
       <c r="E43" t="s">
+        <v>132</v>
+      </c>
+      <c r="F43" t="s">
         <v>133</v>
       </c>
-      <c r="F43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G43" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H43" t="s">
         <v>41</v>
       </c>
       <c r="I43" s="1">
         <v>26149</v>
       </c>
       <c r="J43" t="s">
         <v>22</v>
       </c>
       <c r="K43">
         <v>2008</v>
       </c>
       <c r="L43" t="s">
         <v>23</v>
       </c>
       <c r="M43" t="s">
         <v>42</v>
       </c>
       <c r="N43" t="s">
         <v>42</v>
       </c>
       <c r="O43" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="44">
+    <row r="44" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>15</v>
       </c>
       <c r="B44">
         <v>6207</v>
       </c>
       <c r="C44" t="s">
         <v>16</v>
       </c>
       <c r="D44" t="s">
         <v>17</v>
       </c>
       <c r="E44" t="s">
+        <v>137</v>
+      </c>
+      <c r="F44" t="s">
         <v>138</v>
       </c>
-      <c r="F44" t="s">
+      <c r="G44" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="H44" t="s">
         <v>21</v>
       </c>
       <c r="I44" s="1">
         <v>26149</v>
       </c>
       <c r="J44" t="s">
         <v>22</v>
       </c>
-      <c r="K44"/>
       <c r="L44" t="s">
         <v>23</v>
       </c>
       <c r="M44" t="s">
         <v>24</v>
       </c>
       <c r="N44" t="s">
         <v>24</v>
       </c>
       <c r="O44" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="45">
+    <row r="45" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>15</v>
       </c>
       <c r="B45">
         <v>6229</v>
       </c>
       <c r="C45" t="s">
         <v>16</v>
       </c>
       <c r="D45" t="s">
         <v>17</v>
       </c>
       <c r="E45" t="s">
+        <v>140</v>
+      </c>
+      <c r="F45" t="s">
         <v>141</v>
       </c>
-      <c r="F45" t="s">
+      <c r="G45" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="H45" t="s">
         <v>41</v>
       </c>
       <c r="I45" s="1">
         <v>26149</v>
       </c>
       <c r="J45" t="s">
         <v>22</v>
       </c>
       <c r="K45">
         <v>2023</v>
       </c>
       <c r="L45" t="s">
         <v>23</v>
       </c>
       <c r="M45" t="s">
         <v>24</v>
       </c>
       <c r="N45" t="s">
         <v>24</v>
       </c>
       <c r="O45" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="46">
+    <row r="46" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>15</v>
       </c>
       <c r="B46">
         <v>6244</v>
       </c>
       <c r="C46" t="s">
         <v>32</v>
       </c>
       <c r="D46" t="s">
         <v>33</v>
       </c>
       <c r="E46" t="s">
+        <v>140</v>
+      </c>
+      <c r="F46" t="s">
         <v>141</v>
       </c>
-      <c r="F46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G46" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="H46" t="s">
         <v>41</v>
       </c>
       <c r="I46" s="1">
         <v>26149</v>
       </c>
       <c r="J46" t="s">
         <v>22</v>
       </c>
       <c r="K46">
         <v>2000</v>
       </c>
       <c r="L46" t="s">
         <v>23</v>
       </c>
       <c r="M46" t="s">
         <v>42</v>
       </c>
       <c r="N46" t="s">
         <v>42</v>
       </c>
       <c r="O46" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="47">
+    <row r="47" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>15</v>
       </c>
       <c r="B47">
         <v>6284</v>
       </c>
       <c r="C47" t="s">
         <v>16</v>
       </c>
       <c r="D47" t="s">
         <v>17</v>
       </c>
       <c r="E47" t="s">
+        <v>144</v>
+      </c>
+      <c r="F47" t="s">
         <v>145</v>
       </c>
-      <c r="F47" t="s">
+      <c r="G47" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="H47" t="s">
         <v>41</v>
       </c>
       <c r="I47" s="1">
         <v>26149</v>
       </c>
       <c r="J47" t="s">
         <v>22</v>
       </c>
-      <c r="K47"/>
       <c r="L47" t="s">
         <v>23</v>
       </c>
       <c r="M47" t="s">
         <v>42</v>
       </c>
       <c r="N47" t="s">
         <v>42</v>
       </c>
       <c r="O47" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="48">
+    <row r="48" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>15</v>
       </c>
       <c r="B48">
         <v>6308</v>
       </c>
       <c r="C48" t="s">
         <v>32</v>
       </c>
       <c r="D48" t="s">
         <v>33</v>
       </c>
       <c r="E48" t="s">
+        <v>147</v>
+      </c>
+      <c r="F48" t="s">
         <v>148</v>
       </c>
-      <c r="F48" t="s">
+      <c r="G48" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="H48" t="s">
         <v>21</v>
       </c>
       <c r="I48" s="1">
         <v>32458</v>
       </c>
       <c r="J48" t="s">
         <v>54</v>
       </c>
-      <c r="K48"/>
       <c r="L48" t="s">
         <v>62</v>
       </c>
       <c r="M48" t="s">
+        <v>150</v>
+      </c>
+      <c r="N48" t="s">
         <v>151</v>
       </c>
-      <c r="N48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O48" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="49">
+    <row r="49" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>15</v>
       </c>
       <c r="B49">
         <v>6315</v>
       </c>
       <c r="C49" t="s">
         <v>16</v>
       </c>
       <c r="D49" t="s">
         <v>17</v>
       </c>
       <c r="E49" t="s">
+        <v>152</v>
+      </c>
+      <c r="F49" t="s">
         <v>153</v>
       </c>
-      <c r="F49" t="s">
+      <c r="G49" t="s">
         <v>154</v>
       </c>
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="I49" s="1">
         <v>26149</v>
       </c>
       <c r="J49" t="s">
         <v>22</v>
       </c>
-      <c r="K49"/>
       <c r="L49" t="s">
         <v>23</v>
       </c>
       <c r="M49" t="s">
         <v>24</v>
       </c>
       <c r="N49" t="s">
         <v>24</v>
       </c>
       <c r="O49" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="50">
+    <row r="50" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>15</v>
       </c>
       <c r="B50">
         <v>6320</v>
       </c>
       <c r="C50" t="s">
         <v>32</v>
       </c>
       <c r="D50" t="s">
         <v>33</v>
       </c>
       <c r="E50" t="s">
+        <v>152</v>
+      </c>
+      <c r="F50" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="G50" t="s">
         <v>156</v>
       </c>
       <c r="H50" t="s">
         <v>41</v>
       </c>
       <c r="I50" s="1">
         <v>26149</v>
       </c>
       <c r="J50" t="s">
         <v>22</v>
       </c>
       <c r="K50">
         <v>2021</v>
       </c>
       <c r="L50" t="s">
         <v>23</v>
       </c>
       <c r="M50" t="s">
         <v>42</v>
       </c>
       <c r="N50" t="s">
         <v>42</v>
       </c>
       <c r="O50" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="51">
+    <row r="51" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>15</v>
       </c>
       <c r="B51">
         <v>6323</v>
       </c>
       <c r="C51" t="s">
         <v>79</v>
       </c>
       <c r="D51" t="s">
         <v>80</v>
       </c>
       <c r="E51" t="s">
+        <v>152</v>
+      </c>
+      <c r="F51" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="G51" t="s">
         <v>157</v>
       </c>
       <c r="H51" t="s">
         <v>41</v>
       </c>
       <c r="I51" s="1">
         <v>35839</v>
       </c>
       <c r="J51" t="s">
         <v>50</v>
       </c>
       <c r="K51">
         <v>2001</v>
       </c>
       <c r="L51" t="s">
         <v>23</v>
       </c>
       <c r="M51" t="s">
         <v>42</v>
       </c>
       <c r="N51" t="s">
         <v>42</v>
       </c>
       <c r="O51" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="52">
+    <row r="52" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>15</v>
       </c>
       <c r="B52">
         <v>6324</v>
       </c>
       <c r="C52" t="s">
         <v>84</v>
       </c>
       <c r="D52" t="s">
         <v>85</v>
       </c>
       <c r="E52" t="s">
+        <v>152</v>
+      </c>
+      <c r="F52" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="G52" t="s">
         <v>158</v>
       </c>
       <c r="H52" t="s">
         <v>41</v>
       </c>
       <c r="I52" s="1">
         <v>26149</v>
       </c>
       <c r="J52" t="s">
         <v>61</v>
       </c>
       <c r="K52">
         <v>1987</v>
       </c>
       <c r="L52" t="s">
         <v>23</v>
       </c>
       <c r="M52" t="s">
         <v>42</v>
       </c>
       <c r="N52" t="s">
         <v>42</v>
       </c>
       <c r="O52" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="53">
+    <row r="53" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>15</v>
       </c>
       <c r="B53">
         <v>6382</v>
       </c>
       <c r="C53" t="s">
         <v>16</v>
       </c>
       <c r="D53" t="s">
         <v>17</v>
       </c>
       <c r="E53" t="s">
         <v>159</v>
       </c>
       <c r="F53" t="s">
         <v>160</v>
       </c>
       <c r="G53" t="s">
         <v>161</v>
       </c>
       <c r="H53" t="s">
         <v>21</v>
       </c>
       <c r="I53" s="1">
         <v>26149</v>
       </c>
       <c r="J53" t="s">
         <v>22</v>
       </c>
-      <c r="K53"/>
       <c r="L53" t="s">
         <v>23</v>
       </c>
       <c r="M53" t="s">
         <v>24</v>
       </c>
       <c r="N53" t="s">
         <v>24</v>
       </c>
       <c r="O53" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="54">
+    <row r="54" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>15</v>
       </c>
       <c r="B54">
         <v>6408</v>
       </c>
       <c r="C54" t="s">
         <v>32</v>
       </c>
       <c r="D54" t="s">
         <v>33</v>
       </c>
       <c r="E54" t="s">
         <v>159</v>
       </c>
       <c r="F54" t="s">
         <v>160</v>
       </c>
       <c r="G54" t="s">
         <v>162</v>
       </c>
       <c r="H54" t="s">
         <v>21</v>
       </c>
       <c r="I54" s="1">
         <v>26149</v>
       </c>
       <c r="J54" t="s">
         <v>22</v>
       </c>
-      <c r="K54"/>
       <c r="L54" t="s">
         <v>62</v>
       </c>
       <c r="M54" t="s">
         <v>37</v>
       </c>
       <c r="N54" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="O54" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="55">
+    <row r="55" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>15</v>
       </c>
       <c r="B55">
         <v>6418</v>
       </c>
       <c r="C55" t="s">
         <v>32</v>
       </c>
       <c r="D55" t="s">
         <v>33</v>
       </c>
       <c r="E55" t="s">
         <v>163</v>
       </c>
       <c r="F55" t="s">
         <v>164</v>
       </c>
       <c r="G55" t="s">
         <v>165</v>
       </c>
       <c r="H55" t="s">
         <v>41</v>
       </c>
       <c r="I55" s="1">
         <v>26149</v>
       </c>
       <c r="J55" t="s">
         <v>22</v>
       </c>
       <c r="K55">
         <v>2003</v>
       </c>
       <c r="L55" t="s">
         <v>23</v>
       </c>
       <c r="M55" t="s">
         <v>42</v>
       </c>
       <c r="N55" t="s">
         <v>42</v>
       </c>
       <c r="O55" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="56">
+    <row r="56" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>15</v>
       </c>
       <c r="B56">
         <v>6425</v>
       </c>
       <c r="C56" t="s">
         <v>84</v>
       </c>
       <c r="D56" t="s">
         <v>85</v>
       </c>
       <c r="E56" t="s">
         <v>163</v>
       </c>
       <c r="F56" t="s">
         <v>164</v>
       </c>
       <c r="G56" t="s">
         <v>166</v>
       </c>
       <c r="H56" t="s">
         <v>41</v>
       </c>
       <c r="I56" s="1">
         <v>26149</v>
       </c>
       <c r="J56" t="s">
         <v>61</v>
       </c>
       <c r="K56">
         <v>1987</v>
       </c>
       <c r="L56" t="s">
         <v>23</v>
       </c>
       <c r="M56" t="s">
         <v>42</v>
       </c>
       <c r="N56" t="s">
         <v>42</v>
       </c>
       <c r="O56" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="57">
+    <row r="57" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
         <v>15</v>
       </c>
       <c r="B57">
         <v>6431</v>
       </c>
       <c r="C57" t="s">
         <v>16</v>
       </c>
       <c r="D57" t="s">
         <v>17</v>
       </c>
       <c r="E57" t="s">
         <v>167</v>
       </c>
       <c r="F57" t="s">
         <v>168</v>
       </c>
       <c r="G57" t="s">
         <v>169</v>
       </c>
       <c r="H57" t="s">
         <v>21</v>
       </c>
       <c r="I57" s="1">
         <v>26149</v>
       </c>
       <c r="J57" t="s">
         <v>22</v>
       </c>
-      <c r="K57"/>
       <c r="L57" t="s">
         <v>23</v>
       </c>
       <c r="M57" t="s">
         <v>170</v>
       </c>
       <c r="N57" t="s">
         <v>171</v>
       </c>
       <c r="O57" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="58">
+    <row r="58" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>15</v>
       </c>
       <c r="B58">
         <v>6450</v>
       </c>
       <c r="C58" t="s">
         <v>32</v>
       </c>
       <c r="D58" t="s">
         <v>33</v>
       </c>
       <c r="E58" t="s">
         <v>167</v>
       </c>
       <c r="F58" t="s">
         <v>168</v>
       </c>
       <c r="G58" t="s">
         <v>172</v>
       </c>
       <c r="H58" t="s">
         <v>41</v>
       </c>
       <c r="I58" s="1">
         <v>26149</v>
       </c>
       <c r="J58" t="s">
         <v>22</v>
       </c>
       <c r="K58">
         <v>2023</v>
       </c>
       <c r="L58" t="s">
         <v>23</v>
       </c>
       <c r="M58" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="N58" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="O58" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="59">
+    <row r="59" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>15</v>
       </c>
       <c r="B59">
         <v>6460</v>
       </c>
       <c r="C59" t="s">
         <v>32</v>
       </c>
       <c r="D59" t="s">
         <v>33</v>
       </c>
       <c r="E59" t="s">
         <v>173</v>
       </c>
       <c r="F59" t="s">
         <v>174</v>
       </c>
       <c r="G59" t="s">
         <v>175</v>
       </c>
       <c r="H59" t="s">
         <v>41</v>
       </c>
       <c r="I59" s="1">
         <v>26149</v>
       </c>
       <c r="J59" t="s">
         <v>22</v>
       </c>
       <c r="K59">
         <v>1992</v>
       </c>
       <c r="L59" t="s">
         <v>23</v>
       </c>
       <c r="M59" t="s">
         <v>42</v>
       </c>
       <c r="N59" t="s">
         <v>42</v>
       </c>
       <c r="O59" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="60">
+    <row r="60" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>15</v>
       </c>
       <c r="B60">
         <v>6469</v>
       </c>
       <c r="C60" t="s">
         <v>16</v>
       </c>
       <c r="D60" t="s">
         <v>17</v>
       </c>
       <c r="E60" t="s">
         <v>176</v>
       </c>
       <c r="F60" t="s">
         <v>177</v>
       </c>
       <c r="G60" t="s">
         <v>178</v>
       </c>
       <c r="H60" t="s">
         <v>21</v>
       </c>
       <c r="I60" s="1">
         <v>26149</v>
       </c>
       <c r="J60" t="s">
         <v>61</v>
       </c>
-      <c r="K60"/>
       <c r="L60" t="s">
         <v>23</v>
       </c>
       <c r="M60" t="s">
         <v>24</v>
       </c>
       <c r="N60" t="s">
         <v>24</v>
       </c>
       <c r="O60" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="61">
+    <row r="61" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
         <v>15</v>
       </c>
       <c r="B61">
         <v>6484</v>
       </c>
       <c r="C61" t="s">
         <v>32</v>
       </c>
       <c r="D61" t="s">
         <v>33</v>
       </c>
       <c r="E61" t="s">
         <v>176</v>
       </c>
       <c r="F61" t="s">
         <v>177</v>
       </c>
       <c r="G61" t="s">
         <v>179</v>
       </c>
       <c r="H61" t="s">
         <v>41</v>
       </c>
       <c r="I61" s="1">
         <v>26149</v>
       </c>
       <c r="J61" t="s">
         <v>61</v>
       </c>
-      <c r="K61"/>
       <c r="L61" t="s">
         <v>23</v>
       </c>
       <c r="M61" t="s">
         <v>42</v>
       </c>
       <c r="N61" t="s">
         <v>42</v>
       </c>
       <c r="O61" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="62">
+    <row r="62" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>15</v>
       </c>
       <c r="B62">
         <v>6493</v>
       </c>
       <c r="C62" t="s">
+        <v>130</v>
+      </c>
+      <c r="D62" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E62" t="s">
         <v>180</v>
       </c>
       <c r="F62" t="s">
         <v>181</v>
       </c>
       <c r="G62" t="s">
         <v>182</v>
       </c>
       <c r="H62" t="s">
         <v>41</v>
       </c>
       <c r="I62" s="1">
         <v>30204</v>
       </c>
       <c r="J62" t="s">
         <v>82</v>
       </c>
       <c r="K62">
         <v>1998</v>
       </c>
       <c r="L62" t="s">
         <v>23</v>
       </c>
       <c r="M62" t="s">
         <v>42</v>
       </c>
       <c r="N62" t="s">
         <v>42</v>
       </c>
       <c r="O62" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="63">
+    <row r="63" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>15</v>
       </c>
       <c r="B63">
         <v>6510</v>
       </c>
       <c r="C63" t="s">
         <v>16</v>
       </c>
       <c r="D63" t="s">
         <v>17</v>
       </c>
       <c r="E63" t="s">
         <v>183</v>
       </c>
       <c r="F63" t="s">
         <v>184</v>
       </c>
       <c r="G63" t="s">
         <v>185</v>
       </c>
       <c r="H63" t="s">
         <v>21</v>
       </c>
       <c r="I63" s="1">
         <v>26149</v>
       </c>
       <c r="J63" t="s">
         <v>54</v>
       </c>
-      <c r="K63"/>
       <c r="L63" t="s">
         <v>62</v>
       </c>
       <c r="M63" t="s">
         <v>24</v>
       </c>
       <c r="N63" t="s">
         <v>24</v>
       </c>
       <c r="O63" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="64">
+    <row r="64" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>15</v>
       </c>
       <c r="B64">
         <v>6513</v>
       </c>
       <c r="C64" t="s">
         <v>32</v>
       </c>
       <c r="D64" t="s">
         <v>33</v>
       </c>
       <c r="E64" t="s">
         <v>180</v>
       </c>
       <c r="F64" t="s">
         <v>181</v>
       </c>
       <c r="G64" t="s">
         <v>186</v>
       </c>
       <c r="H64" t="s">
         <v>21</v>
       </c>
       <c r="I64" s="1">
         <v>26149</v>
       </c>
       <c r="J64" t="s">
         <v>22</v>
       </c>
-      <c r="K64"/>
       <c r="L64" t="s">
         <v>62</v>
       </c>
       <c r="M64" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="N64" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="O64" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="65">
+    <row r="65" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
         <v>15</v>
       </c>
       <c r="B65">
         <v>6593</v>
       </c>
       <c r="C65" t="s">
         <v>32</v>
       </c>
       <c r="D65" t="s">
         <v>33</v>
       </c>
       <c r="E65" t="s">
         <v>187</v>
       </c>
       <c r="F65" t="s">
         <v>188</v>
       </c>
       <c r="G65" t="s">
         <v>189</v>
       </c>
       <c r="H65" t="s">
         <v>21</v>
       </c>
       <c r="I65" s="1">
         <v>37389</v>
       </c>
       <c r="J65" t="s">
         <v>190</v>
       </c>
-      <c r="K65"/>
       <c r="L65" t="s">
         <v>62</v>
       </c>
       <c r="M65" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="N65" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="O65" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="66">
+    <row r="66" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
         <v>15</v>
       </c>
       <c r="B66">
         <v>6966</v>
       </c>
       <c r="C66" t="s">
+        <v>130</v>
+      </c>
+      <c r="D66" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E66" t="s">
         <v>191</v>
       </c>
       <c r="F66" t="s">
         <v>192</v>
       </c>
       <c r="G66" t="s">
         <v>193</v>
       </c>
       <c r="H66" t="s">
         <v>41</v>
       </c>
       <c r="I66" s="1">
         <v>27768</v>
       </c>
       <c r="J66" t="s">
         <v>194</v>
       </c>
       <c r="K66">
         <v>2008</v>
       </c>
       <c r="L66" t="s">
         <v>23</v>
       </c>
       <c r="M66" t="s">
         <v>42</v>
       </c>
       <c r="N66" t="s">
         <v>42</v>
       </c>
       <c r="O66" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="67">
+    <row r="67" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
         <v>15</v>
       </c>
       <c r="B67">
         <v>6972</v>
       </c>
       <c r="C67" t="s">
         <v>16</v>
       </c>
       <c r="D67" t="s">
         <v>17</v>
       </c>
       <c r="E67" t="s">
         <v>195</v>
       </c>
       <c r="F67" t="s">
         <v>196</v>
       </c>
       <c r="G67" t="s">
         <v>197</v>
       </c>
       <c r="H67" t="s">
         <v>21</v>
       </c>
       <c r="I67" s="1">
         <v>26149</v>
       </c>
       <c r="J67" t="s">
         <v>61</v>
       </c>
-      <c r="K67"/>
       <c r="L67" t="s">
         <v>62</v>
       </c>
       <c r="M67" t="s">
         <v>24</v>
       </c>
       <c r="N67" t="s">
         <v>24</v>
       </c>
       <c r="O67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="68">
+    <row r="68" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
         <v>15</v>
       </c>
       <c r="B68">
         <v>7041</v>
       </c>
       <c r="C68" t="s">
+        <v>130</v>
+      </c>
+      <c r="D68" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E68" t="s">
         <v>198</v>
       </c>
       <c r="F68" t="s">
         <v>199</v>
       </c>
       <c r="G68" t="s">
         <v>200</v>
       </c>
       <c r="H68" t="s">
         <v>41</v>
       </c>
       <c r="I68" s="1">
         <v>26149</v>
       </c>
       <c r="J68" t="s">
         <v>22</v>
       </c>
-      <c r="K68"/>
       <c r="L68" t="s">
         <v>23</v>
       </c>
       <c r="M68" t="s">
         <v>42</v>
       </c>
       <c r="N68" t="s">
         <v>42</v>
       </c>
       <c r="O68" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="69">
+    <row r="69" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
         <v>15</v>
       </c>
       <c r="B69">
         <v>7107</v>
       </c>
       <c r="C69" t="s">
         <v>16</v>
       </c>
       <c r="D69" t="s">
         <v>17</v>
       </c>
       <c r="E69" t="s">
         <v>198</v>
       </c>
       <c r="F69" t="s">
         <v>199</v>
       </c>
       <c r="G69" t="s">
         <v>201</v>
       </c>
       <c r="H69" t="s">
-        <v>21</v>
+        <v>202</v>
       </c>
       <c r="I69" s="1">
         <v>26149</v>
       </c>
       <c r="J69" t="s">
         <v>22</v>
       </c>
-      <c r="K69"/>
       <c r="L69" t="s">
         <v>62</v>
       </c>
       <c r="M69" t="s">
         <v>24</v>
       </c>
       <c r="N69" t="s">
         <v>24</v>
       </c>
       <c r="O69" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="70">
+    <row r="70" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>15</v>
       </c>
       <c r="B70">
         <v>7114</v>
       </c>
       <c r="C70" t="s">
         <v>32</v>
       </c>
       <c r="D70" t="s">
         <v>33</v>
       </c>
       <c r="E70" t="s">
         <v>198</v>
       </c>
       <c r="F70" t="s">
         <v>199</v>
       </c>
       <c r="G70" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H70" t="s">
         <v>21</v>
       </c>
       <c r="I70" s="1">
         <v>31170</v>
       </c>
       <c r="J70" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="K70"/>
+        <v>204</v>
+      </c>
       <c r="L70" t="s">
         <v>62</v>
       </c>
       <c r="M70" t="s">
         <v>37</v>
       </c>
       <c r="N70" t="s">
         <v>37</v>
       </c>
       <c r="O70" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="71">
+    <row r="71" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>15</v>
       </c>
       <c r="B71">
         <v>7158</v>
       </c>
       <c r="C71" t="s">
         <v>16</v>
       </c>
       <c r="D71" t="s">
         <v>17</v>
       </c>
       <c r="E71" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F71" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G71" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H71" t="s">
         <v>41</v>
       </c>
       <c r="I71" s="1">
         <v>34313</v>
       </c>
       <c r="J71" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K71">
         <v>2003</v>
       </c>
       <c r="L71" t="s">
         <v>23</v>
       </c>
       <c r="M71" t="s">
         <v>42</v>
       </c>
       <c r="N71" t="s">
         <v>42</v>
       </c>
       <c r="O71" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="72">
+    <row r="72" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>15</v>
       </c>
       <c r="B72">
         <v>7161</v>
       </c>
       <c r="C72" t="s">
         <v>16</v>
       </c>
       <c r="D72" t="s">
         <v>17</v>
       </c>
       <c r="E72" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F72" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="G72" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H72" t="s">
         <v>41</v>
       </c>
       <c r="I72" s="1">
         <v>34768</v>
       </c>
       <c r="J72" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K72">
         <v>2003</v>
       </c>
       <c r="L72" t="s">
         <v>23</v>
       </c>
       <c r="M72" t="s">
         <v>42</v>
       </c>
       <c r="N72" t="s">
         <v>42</v>
       </c>
       <c r="O72" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="73">
+    <row r="73" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>15</v>
       </c>
       <c r="B73">
         <v>7210</v>
       </c>
       <c r="C73" t="s">
         <v>16</v>
       </c>
       <c r="D73" t="s">
         <v>17</v>
       </c>
       <c r="E73" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F73" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G73" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H73" t="s">
-        <v>21</v>
+        <v>202</v>
       </c>
       <c r="I73" s="1">
         <v>31331</v>
       </c>
       <c r="J73" t="s">
         <v>54</v>
       </c>
-      <c r="K73"/>
       <c r="L73" t="s">
         <v>23</v>
       </c>
       <c r="M73" t="s">
         <v>24</v>
       </c>
       <c r="N73" t="s">
         <v>24</v>
       </c>
       <c r="O73" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="74">
+    <row r="74" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>15</v>
       </c>
       <c r="B74">
         <v>7293</v>
       </c>
       <c r="C74" t="s">
         <v>16</v>
       </c>
       <c r="D74" t="s">
         <v>17</v>
       </c>
       <c r="E74" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F74" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G74" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H74" t="s">
         <v>21</v>
       </c>
       <c r="I74" s="1">
         <v>26149</v>
       </c>
       <c r="J74" t="s">
         <v>61</v>
       </c>
-      <c r="K74"/>
       <c r="L74" t="s">
         <v>62</v>
       </c>
       <c r="M74" t="s">
         <v>24</v>
       </c>
       <c r="N74" t="s">
         <v>24</v>
       </c>
       <c r="O74" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="75">
+    <row r="75" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>15</v>
       </c>
       <c r="B75">
         <v>7296</v>
       </c>
       <c r="C75" t="s">
         <v>32</v>
       </c>
       <c r="D75" t="s">
         <v>33</v>
       </c>
       <c r="E75" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F75" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G75" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H75" t="s">
         <v>21</v>
       </c>
       <c r="I75" s="1">
         <v>26149</v>
       </c>
       <c r="J75" t="s">
         <v>22</v>
       </c>
-      <c r="K75"/>
       <c r="L75" t="s">
         <v>23</v>
       </c>
       <c r="M75" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="N75" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="O75" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="76">
+    <row r="76" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>15</v>
       </c>
       <c r="B76">
         <v>7297</v>
       </c>
       <c r="C76" t="s">
         <v>79</v>
       </c>
       <c r="D76" t="s">
         <v>80</v>
       </c>
       <c r="E76" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F76" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G76" t="s">
         <v>157</v>
       </c>
       <c r="H76" t="s">
         <v>21</v>
       </c>
       <c r="I76" s="1">
         <v>26149</v>
       </c>
       <c r="J76" t="s">
         <v>70</v>
       </c>
-      <c r="K76"/>
       <c r="L76" t="s">
         <v>62</v>
       </c>
       <c r="M76" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="N76" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="O76" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="77">
+    <row r="77" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
         <v>15</v>
       </c>
       <c r="B77">
         <v>7299</v>
       </c>
       <c r="C77" t="s">
         <v>16</v>
       </c>
       <c r="D77" t="s">
         <v>17</v>
       </c>
       <c r="E77" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="F77" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="G77" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="H77" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="I77" s="1">
         <v>26149</v>
       </c>
       <c r="J77" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="K77"/>
+        <v>224</v>
+      </c>
       <c r="L77" t="s">
         <v>23</v>
       </c>
       <c r="M77" t="s">
         <v>24</v>
       </c>
       <c r="N77" t="s">
         <v>24</v>
       </c>
       <c r="O77" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="78">
+    <row r="78" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>15</v>
       </c>
       <c r="B78">
         <v>9250</v>
       </c>
       <c r="C78" t="s">
         <v>16</v>
       </c>
       <c r="D78" t="s">
         <v>17</v>
       </c>
       <c r="E78" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F78" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G78" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="H78" t="s">
         <v>41</v>
       </c>
       <c r="I78" s="1">
         <v>26149</v>
       </c>
       <c r="J78" t="s">
         <v>22</v>
       </c>
-      <c r="K78"/>
       <c r="L78" t="s">
         <v>23</v>
       </c>
       <c r="M78" t="s">
         <v>42</v>
       </c>
       <c r="N78" t="s">
         <v>42</v>
       </c>
       <c r="O78" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="79">
+    <row r="79" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
         <v>15</v>
       </c>
       <c r="B79">
         <v>9292</v>
       </c>
       <c r="C79" t="s">
         <v>16</v>
       </c>
       <c r="D79" t="s">
         <v>17</v>
       </c>
       <c r="E79" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F79" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="G79" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="H79" t="s">
         <v>21</v>
       </c>
       <c r="I79" s="1">
         <v>26149</v>
       </c>
       <c r="J79" t="s">
         <v>22</v>
       </c>
-      <c r="K79"/>
       <c r="L79" t="s">
         <v>62</v>
       </c>
       <c r="M79" t="s">
         <v>24</v>
       </c>
       <c r="N79" t="s">
         <v>24</v>
       </c>
       <c r="O79" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="80">
+    <row r="80" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>15</v>
       </c>
       <c r="B80">
         <v>9402</v>
       </c>
       <c r="C80" t="s">
         <v>16</v>
       </c>
       <c r="D80" t="s">
         <v>17</v>
       </c>
       <c r="E80" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="F80" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="G80" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="H80" t="s">
         <v>21</v>
       </c>
       <c r="I80" s="1">
         <v>26149</v>
       </c>
       <c r="J80" t="s">
         <v>22</v>
       </c>
-      <c r="K80"/>
       <c r="L80" t="s">
         <v>23</v>
       </c>
       <c r="M80" t="s">
         <v>24</v>
       </c>
       <c r="N80" t="s">
         <v>24</v>
       </c>
       <c r="O80" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="81">
+    <row r="81" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>15</v>
       </c>
       <c r="B81">
         <v>9463</v>
       </c>
       <c r="C81" t="s">
         <v>16</v>
       </c>
       <c r="D81" t="s">
         <v>17</v>
       </c>
       <c r="E81" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F81" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G81" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="H81" t="s">
         <v>21</v>
       </c>
       <c r="I81" s="1">
         <v>26149</v>
       </c>
       <c r="J81" t="s">
         <v>22</v>
       </c>
-      <c r="K81"/>
       <c r="L81" t="s">
         <v>62</v>
       </c>
       <c r="M81" t="s">
         <v>24</v>
       </c>
       <c r="N81" t="s">
         <v>24</v>
       </c>
       <c r="O81" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="82">
+    <row r="82" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
         <v>15</v>
       </c>
       <c r="B82">
         <v>9636</v>
       </c>
       <c r="C82" t="s">
         <v>16</v>
       </c>
       <c r="D82" t="s">
         <v>17</v>
       </c>
       <c r="E82" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="F82" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="G82" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H82" t="s">
         <v>21</v>
       </c>
       <c r="I82" s="1">
         <v>26149</v>
       </c>
       <c r="J82" t="s">
         <v>61</v>
       </c>
-      <c r="K82"/>
       <c r="L82" t="s">
         <v>23</v>
       </c>
       <c r="M82" t="s">
         <v>24</v>
       </c>
       <c r="N82" t="s">
         <v>24</v>
       </c>
       <c r="O82" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="83">
+    <row r="83" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>15</v>
       </c>
       <c r="B83">
         <v>9719</v>
       </c>
       <c r="C83" t="s">
+        <v>130</v>
+      </c>
+      <c r="D83" t="s">
         <v>131</v>
       </c>
-      <c r="D83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F83" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="G83" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H83" t="s">
         <v>41</v>
       </c>
       <c r="I83" s="1">
         <v>26149</v>
       </c>
       <c r="J83" t="s">
         <v>22</v>
       </c>
-      <c r="K83"/>
       <c r="L83" t="s">
         <v>23</v>
       </c>
       <c r="M83" t="s">
         <v>42</v>
       </c>
       <c r="N83" t="s">
         <v>42</v>
       </c>
       <c r="O83" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="84">
+    <row r="84" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>15</v>
       </c>
       <c r="B84">
         <v>9761</v>
       </c>
       <c r="C84" t="s">
+        <v>130</v>
+      </c>
+      <c r="D84" t="s">
         <v>131</v>
       </c>
-      <c r="D84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="F84" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G84" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="H84" t="s">
         <v>41</v>
       </c>
       <c r="I84" s="1">
         <v>26149</v>
       </c>
       <c r="J84" t="s">
         <v>22</v>
       </c>
       <c r="K84">
         <v>2000</v>
       </c>
       <c r="L84" t="s">
         <v>23</v>
       </c>
       <c r="M84" t="s">
         <v>42</v>
       </c>
       <c r="N84" t="s">
         <v>42</v>
       </c>
       <c r="O84" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="85">
+    <row r="85" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>15</v>
       </c>
       <c r="B85">
         <v>9803</v>
       </c>
       <c r="C85" t="s">
+        <v>130</v>
+      </c>
+      <c r="D85" t="s">
         <v>131</v>
       </c>
-      <c r="D85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F85" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="G85" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H85" t="s">
         <v>41</v>
       </c>
       <c r="I85" s="1">
         <v>27768</v>
       </c>
       <c r="J85" t="s">
         <v>194</v>
       </c>
       <c r="K85">
         <v>2008</v>
       </c>
       <c r="L85" t="s">
         <v>23</v>
       </c>
       <c r="M85" t="s">
         <v>42</v>
       </c>
       <c r="N85" t="s">
         <v>42</v>
       </c>
       <c r="O85" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="86">
+    <row r="86" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>15</v>
       </c>
       <c r="B86">
         <v>9842</v>
       </c>
       <c r="C86" t="s">
         <v>16</v>
       </c>
       <c r="D86" t="s">
         <v>17</v>
       </c>
       <c r="E86" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F86" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="G86" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="H86" t="s">
         <v>41</v>
       </c>
       <c r="I86" s="1">
         <v>26149</v>
       </c>
       <c r="J86" t="s">
         <v>22</v>
       </c>
       <c r="K86">
         <v>1990</v>
       </c>
       <c r="L86" t="s">
         <v>23</v>
       </c>
       <c r="M86" t="s">
         <v>42</v>
       </c>
       <c r="N86" t="s">
         <v>42</v>
       </c>
       <c r="O86" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="87">
+    <row r="87" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
         <v>15</v>
       </c>
       <c r="B87">
         <v>9855</v>
       </c>
       <c r="C87" t="s">
         <v>16</v>
       </c>
       <c r="D87" t="s">
         <v>17</v>
       </c>
       <c r="E87" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F87" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="G87" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H87" t="s">
         <v>41</v>
       </c>
       <c r="I87" s="1">
         <v>26149</v>
       </c>
       <c r="J87" t="s">
         <v>22</v>
       </c>
       <c r="K87">
         <v>2018</v>
       </c>
       <c r="L87" t="s">
         <v>23</v>
       </c>
       <c r="M87" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="N87" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="O87" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="88">
+    <row r="88" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>15</v>
       </c>
       <c r="B88">
         <v>9884</v>
       </c>
       <c r="C88" t="s">
         <v>16</v>
       </c>
       <c r="D88" t="s">
         <v>17</v>
       </c>
       <c r="E88" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F88" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="G88" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="H88" t="s">
         <v>41</v>
       </c>
       <c r="I88" s="1">
         <v>26149</v>
       </c>
       <c r="J88" t="s">
         <v>22</v>
       </c>
       <c r="K88">
         <v>2018</v>
       </c>
       <c r="L88" t="s">
         <v>23</v>
       </c>
       <c r="M88" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="N88" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="O88" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="89">
+    <row r="89" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>15</v>
       </c>
       <c r="B89">
         <v>9908</v>
       </c>
       <c r="C89" t="s">
         <v>32</v>
       </c>
       <c r="D89" t="s">
         <v>33</v>
       </c>
       <c r="E89" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F89" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="G89" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="H89" t="s">
         <v>41</v>
       </c>
       <c r="I89" s="1">
         <v>26149</v>
       </c>
       <c r="J89" t="s">
         <v>22</v>
       </c>
       <c r="K89">
         <v>2018</v>
       </c>
       <c r="L89" t="s">
         <v>23</v>
       </c>
       <c r="M89" t="s">
         <v>42</v>
       </c>
       <c r="N89" t="s">
         <v>42</v>
       </c>
       <c r="O89" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="90">
+    <row r="90" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>15</v>
       </c>
       <c r="B90">
         <v>9929</v>
       </c>
       <c r="C90" t="s">
         <v>16</v>
       </c>
       <c r="D90" t="s">
         <v>17</v>
       </c>
       <c r="E90" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F90" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="G90" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="H90" t="s">
         <v>41</v>
       </c>
       <c r="I90" s="1">
         <v>26149</v>
       </c>
       <c r="J90" t="s">
         <v>22</v>
       </c>
       <c r="K90">
         <v>2018</v>
       </c>
       <c r="L90" t="s">
         <v>23</v>
       </c>
       <c r="M90" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="N90" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="O90" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="91">
+    <row r="91" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>15</v>
       </c>
       <c r="B91">
         <v>9956</v>
       </c>
       <c r="C91" t="s">
         <v>32</v>
       </c>
       <c r="D91" t="s">
         <v>33</v>
       </c>
       <c r="E91" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F91" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="G91" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H91" t="s">
         <v>41</v>
       </c>
       <c r="I91" s="1">
         <v>26149</v>
       </c>
       <c r="J91" t="s">
         <v>22</v>
       </c>
       <c r="K91">
         <v>2018</v>
       </c>
       <c r="L91" t="s">
         <v>23</v>
       </c>
       <c r="M91" t="s">
         <v>42</v>
       </c>
       <c r="N91" t="s">
         <v>42</v>
       </c>
       <c r="O91" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="92">
+    <row r="92" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>15</v>
       </c>
       <c r="B92">
         <v>9983</v>
       </c>
       <c r="C92" t="s">
         <v>16</v>
       </c>
       <c r="D92" t="s">
         <v>17</v>
       </c>
       <c r="E92" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="F92" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="G92" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="H92" t="s">
         <v>41</v>
       </c>
       <c r="I92" s="1">
         <v>26149</v>
       </c>
       <c r="J92" t="s">
         <v>22</v>
       </c>
       <c r="K92">
         <v>1998</v>
       </c>
       <c r="L92" t="s">
         <v>23</v>
       </c>
       <c r="M92" t="s">
         <v>42</v>
       </c>
       <c r="N92" t="s">
         <v>42</v>
       </c>
       <c r="O92" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="93">
+    <row r="93" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>15</v>
       </c>
       <c r="B93">
         <v>9990</v>
       </c>
       <c r="C93" t="s">
         <v>32</v>
       </c>
       <c r="D93" t="s">
         <v>33</v>
       </c>
       <c r="E93" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="F93" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="G93" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="H93" t="s">
         <v>41</v>
       </c>
       <c r="I93" s="1">
         <v>26149</v>
       </c>
       <c r="J93" t="s">
         <v>22</v>
       </c>
       <c r="K93">
         <v>2000</v>
       </c>
       <c r="L93" t="s">
         <v>23</v>
       </c>
       <c r="M93" t="s">
         <v>42</v>
       </c>
       <c r="N93" t="s">
         <v>42</v>
       </c>
       <c r="O93" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="94">
+    <row r="94" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
         <v>15</v>
       </c>
       <c r="B94">
         <v>10000</v>
       </c>
       <c r="C94" t="s">
         <v>16</v>
       </c>
       <c r="D94" t="s">
         <v>17</v>
       </c>
       <c r="E94" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="F94" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="G94" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="H94" t="s">
         <v>21</v>
       </c>
       <c r="I94" s="1">
         <v>37386</v>
       </c>
       <c r="J94" t="s">
         <v>190</v>
       </c>
-      <c r="K94"/>
       <c r="L94" t="s">
         <v>23</v>
       </c>
       <c r="M94" t="s">
         <v>24</v>
       </c>
       <c r="N94" t="s">
         <v>24</v>
       </c>
       <c r="O94" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="95">
+    <row r="95" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
         <v>15</v>
       </c>
       <c r="B95">
         <v>10010</v>
       </c>
       <c r="C95" t="s">
         <v>16</v>
       </c>
       <c r="D95" t="s">
         <v>17</v>
       </c>
       <c r="E95" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="F95" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="G95" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="H95" t="s">
         <v>41</v>
       </c>
       <c r="I95" s="1">
         <v>26149</v>
       </c>
       <c r="J95" t="s">
         <v>22</v>
       </c>
       <c r="K95">
         <v>2021</v>
       </c>
       <c r="L95" t="s">
         <v>23</v>
       </c>
       <c r="M95" t="s">
         <v>24</v>
       </c>
       <c r="N95" t="s">
         <v>24</v>
       </c>
       <c r="O95" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="96">
+    <row r="96" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
         <v>15</v>
       </c>
       <c r="B96">
         <v>10020</v>
       </c>
       <c r="C96" t="s">
         <v>32</v>
       </c>
       <c r="D96" t="s">
         <v>33</v>
       </c>
       <c r="E96" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="F96" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="G96" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="H96" t="s">
         <v>41</v>
       </c>
       <c r="I96" s="1">
         <v>26149</v>
       </c>
       <c r="J96" t="s">
         <v>22</v>
       </c>
       <c r="K96">
         <v>2025</v>
       </c>
       <c r="L96" t="s">
         <v>23</v>
       </c>
       <c r="M96" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="N96" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="O96" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="97">
+    <row r="97" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
         <v>15</v>
       </c>
       <c r="B97">
         <v>10116</v>
       </c>
       <c r="C97" t="s">
         <v>16</v>
       </c>
       <c r="D97" t="s">
         <v>17</v>
       </c>
       <c r="E97" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="F97" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="G97" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="H97" t="s">
         <v>41</v>
       </c>
       <c r="I97" s="1">
         <v>26149</v>
       </c>
       <c r="J97" t="s">
         <v>22</v>
       </c>
       <c r="K97">
         <v>1996</v>
       </c>
       <c r="L97" t="s">
         <v>23</v>
       </c>
       <c r="M97" t="s">
         <v>42</v>
       </c>
       <c r="N97" t="s">
         <v>42</v>
       </c>
       <c r="O97" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="98">
+    <row r="98" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
         <v>15</v>
       </c>
       <c r="B98">
         <v>10117</v>
       </c>
       <c r="C98" t="s">
         <v>32</v>
       </c>
       <c r="D98" t="s">
         <v>33</v>
       </c>
       <c r="E98" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="F98" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="G98" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="H98" t="s">
         <v>41</v>
       </c>
       <c r="I98" s="1">
         <v>26149</v>
       </c>
       <c r="J98" t="s">
         <v>22</v>
       </c>
       <c r="K98">
         <v>2000</v>
       </c>
       <c r="L98" t="s">
         <v>23</v>
       </c>
       <c r="M98" t="s">
         <v>42</v>
       </c>
       <c r="N98" t="s">
         <v>42</v>
       </c>
       <c r="O98" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="99">
+    <row r="99" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
         <v>15</v>
       </c>
       <c r="B99">
         <v>10119</v>
       </c>
       <c r="C99" t="s">
         <v>16</v>
       </c>
       <c r="D99" t="s">
         <v>17</v>
       </c>
       <c r="E99" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="F99" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="G99" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="H99" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="I99" s="1">
         <v>26149</v>
       </c>
       <c r="J99" t="s">
         <v>22</v>
       </c>
-      <c r="K99"/>
       <c r="L99" t="s">
         <v>23</v>
       </c>
       <c r="M99" t="s">
         <v>24</v>
       </c>
       <c r="N99" t="s">
         <v>24</v>
       </c>
       <c r="O99" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="100">
+    <row r="100" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
         <v>15</v>
       </c>
       <c r="B100">
         <v>10123</v>
       </c>
       <c r="C100" t="s">
         <v>32</v>
       </c>
       <c r="D100" t="s">
         <v>33</v>
       </c>
       <c r="E100" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="F100" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="G100" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="H100" t="s">
         <v>41</v>
       </c>
       <c r="I100" s="1">
         <v>26149</v>
       </c>
       <c r="J100" t="s">
         <v>22</v>
       </c>
       <c r="K100">
         <v>1990</v>
       </c>
       <c r="L100" t="s">
         <v>23</v>
       </c>
       <c r="M100" t="s">
         <v>42</v>
       </c>
       <c r="N100" t="s">
         <v>42</v>
       </c>
       <c r="O100" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="101">
+    <row r="101" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
         <v>15</v>
       </c>
       <c r="B101">
         <v>10132</v>
       </c>
       <c r="C101" t="s">
         <v>16</v>
       </c>
       <c r="D101" t="s">
         <v>17</v>
       </c>
       <c r="E101" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="F101" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="G101" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="H101" t="s">
         <v>21</v>
       </c>
       <c r="I101" s="1">
         <v>26149</v>
       </c>
       <c r="J101" t="s">
         <v>22</v>
       </c>
-      <c r="K101"/>
       <c r="L101" t="s">
         <v>23</v>
       </c>
       <c r="M101" t="s">
         <v>24</v>
       </c>
       <c r="N101" t="s">
         <v>24</v>
       </c>
       <c r="O101" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="102">
+    <row r="102" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
         <v>15</v>
       </c>
       <c r="B102">
         <v>10136</v>
       </c>
       <c r="C102" t="s">
         <v>32</v>
       </c>
       <c r="D102" t="s">
         <v>33</v>
       </c>
       <c r="E102" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="F102" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="G102" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="H102" t="s">
         <v>41</v>
       </c>
       <c r="I102" s="1">
         <v>26149</v>
       </c>
       <c r="J102" t="s">
         <v>22</v>
       </c>
       <c r="K102">
         <v>1990</v>
       </c>
       <c r="L102" t="s">
         <v>23</v>
       </c>
       <c r="M102" t="s">
         <v>42</v>
       </c>
       <c r="N102" t="s">
         <v>42</v>
       </c>
       <c r="O102" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="103">
+    <row r="103" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
         <v>15</v>
       </c>
       <c r="B103">
         <v>10472</v>
       </c>
       <c r="C103" t="s">
         <v>16</v>
       </c>
       <c r="D103" t="s">
         <v>17</v>
       </c>
       <c r="E103" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F103" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="G103" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="H103" t="s">
         <v>41</v>
       </c>
       <c r="I103" s="1">
         <v>26149</v>
       </c>
       <c r="J103" t="s">
         <v>22</v>
       </c>
       <c r="K103">
         <v>2023</v>
       </c>
       <c r="L103" t="s">
         <v>62</v>
       </c>
       <c r="M103" t="s">
         <v>24</v>
       </c>
       <c r="N103" t="s">
         <v>24</v>
       </c>
       <c r="O103" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="104">
+    <row r="104" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
         <v>15</v>
       </c>
       <c r="B104">
         <v>10476</v>
       </c>
       <c r="C104" t="s">
         <v>32</v>
       </c>
       <c r="D104" t="s">
         <v>33</v>
       </c>
       <c r="E104" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F104" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="G104" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="H104" t="s">
         <v>41</v>
       </c>
       <c r="I104" s="1">
         <v>26149</v>
       </c>
       <c r="J104" t="s">
         <v>22</v>
       </c>
       <c r="K104">
         <v>2000</v>
       </c>
       <c r="L104" t="s">
         <v>23</v>
       </c>
       <c r="M104" t="s">
         <v>42</v>
       </c>
       <c r="N104" t="s">
         <v>42</v>
       </c>
       <c r="O104" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="105">
+    <row r="105" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
         <v>15</v>
       </c>
       <c r="B105">
         <v>10481</v>
       </c>
       <c r="C105" t="s">
         <v>16</v>
       </c>
       <c r="D105" t="s">
         <v>17</v>
       </c>
       <c r="E105" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="F105" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="G105" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="H105" t="s">
         <v>21</v>
       </c>
       <c r="I105" s="1">
         <v>26149</v>
       </c>
       <c r="J105" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="K105"/>
+        <v>297</v>
+      </c>
       <c r="L105" t="s">
         <v>23</v>
       </c>
       <c r="M105" t="s">
         <v>42</v>
       </c>
       <c r="N105" t="s">
         <v>42</v>
       </c>
       <c r="O105" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="106">
+    <row r="106" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
         <v>15</v>
       </c>
       <c r="B106">
         <v>12077</v>
       </c>
       <c r="C106" t="s">
         <v>16</v>
       </c>
       <c r="D106" t="s">
         <v>17</v>
       </c>
       <c r="E106" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="F106" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="G106" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="H106" t="s">
         <v>21</v>
       </c>
       <c r="I106" s="1">
         <v>26149</v>
       </c>
       <c r="J106" t="s">
         <v>22</v>
       </c>
-      <c r="K106"/>
       <c r="L106" t="s">
         <v>23</v>
       </c>
       <c r="M106" t="s">
         <v>24</v>
       </c>
       <c r="N106" t="s">
         <v>24</v>
       </c>
       <c r="O106" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="107">
+    <row r="107" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
         <v>15</v>
       </c>
       <c r="B107">
         <v>12114</v>
       </c>
       <c r="C107" t="s">
         <v>32</v>
       </c>
       <c r="D107" t="s">
         <v>33</v>
       </c>
       <c r="E107" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="F107" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="G107" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="H107" t="s">
         <v>21</v>
       </c>
       <c r="I107" s="1">
         <v>26149</v>
       </c>
       <c r="J107" t="s">
         <v>22</v>
       </c>
-      <c r="K107"/>
       <c r="L107" t="s">
         <v>23</v>
       </c>
       <c r="M107" t="s">
         <v>37</v>
       </c>
       <c r="N107" t="s">
         <v>37</v>
       </c>
       <c r="O107" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="108">
+    <row r="108" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
         <v>15</v>
       </c>
       <c r="B108">
         <v>12314</v>
       </c>
       <c r="C108" t="s">
+        <v>130</v>
+      </c>
+      <c r="D108" t="s">
         <v>131</v>
       </c>
-      <c r="D108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E108" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="F108" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="G108" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="H108" t="s">
         <v>41</v>
       </c>
       <c r="I108" s="1">
         <v>36658</v>
       </c>
       <c r="J108" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="K108">
         <v>2025</v>
       </c>
       <c r="L108" t="s">
         <v>23</v>
       </c>
       <c r="M108" t="s">
         <v>83</v>
       </c>
       <c r="N108" t="s">
         <v>83</v>
       </c>
       <c r="O108" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="109">
+    <row r="109" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
         <v>15</v>
       </c>
       <c r="B109">
         <v>13859</v>
       </c>
       <c r="C109" t="s">
         <v>16</v>
       </c>
       <c r="D109" t="s">
         <v>17</v>
       </c>
       <c r="E109" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="F109" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="G109" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H109" t="s">
         <v>21</v>
       </c>
       <c r="I109" s="1">
         <v>36658</v>
       </c>
       <c r="J109" t="s">
         <v>54</v>
       </c>
-      <c r="K109"/>
       <c r="L109" t="s">
         <v>62</v>
       </c>
       <c r="M109" t="s">
         <v>24</v>
       </c>
       <c r="N109" t="s">
         <v>24</v>
       </c>
       <c r="O109" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="110">
+    <row r="110" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
         <v>15</v>
       </c>
       <c r="B110">
         <v>15376</v>
       </c>
       <c r="C110" t="s">
         <v>16</v>
       </c>
       <c r="D110" t="s">
         <v>17</v>
       </c>
       <c r="E110" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F110" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="G110" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="H110" t="s">
         <v>41</v>
       </c>
       <c r="I110" s="1">
         <v>26149</v>
       </c>
       <c r="J110" t="s">
         <v>22</v>
       </c>
       <c r="K110">
         <v>2003</v>
       </c>
       <c r="L110" t="s">
         <v>23</v>
       </c>
       <c r="M110" t="s">
         <v>42</v>
       </c>
       <c r="N110" t="s">
         <v>42</v>
       </c>
       <c r="O110" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="111">
+    <row r="111" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
         <v>15</v>
       </c>
       <c r="B111">
         <v>15384</v>
       </c>
       <c r="C111" t="s">
         <v>32</v>
       </c>
       <c r="D111" t="s">
         <v>33</v>
       </c>
       <c r="E111" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="F111" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="G111" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="H111" t="s">
         <v>41</v>
       </c>
       <c r="I111" s="1">
         <v>26149</v>
       </c>
       <c r="J111" t="s">
         <v>22</v>
       </c>
       <c r="K111">
         <v>2003</v>
       </c>
       <c r="L111" t="s">
         <v>23</v>
       </c>
       <c r="M111" t="s">
         <v>42</v>
       </c>
       <c r="N111" t="s">
         <v>42</v>
       </c>
       <c r="O111" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="112">
+    <row r="112" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
         <v>15</v>
       </c>
       <c r="B112">
         <v>15441</v>
       </c>
       <c r="C112" t="s">
         <v>32</v>
       </c>
       <c r="D112" t="s">
         <v>33</v>
       </c>
       <c r="E112" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="F112" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="G112" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="H112" t="s">
         <v>41</v>
       </c>
       <c r="I112" s="1">
         <v>26149</v>
       </c>
       <c r="J112" t="s">
         <v>22</v>
       </c>
       <c r="K112">
         <v>1992</v>
       </c>
       <c r="L112" t="s">
         <v>23</v>
       </c>
       <c r="M112" t="s">
         <v>42</v>
       </c>
       <c r="N112" t="s">
         <v>42</v>
       </c>
       <c r="O112" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="113">
+    <row r="113" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
         <v>15</v>
       </c>
       <c r="B113">
         <v>16790</v>
       </c>
       <c r="C113" t="s">
         <v>16</v>
       </c>
       <c r="D113" t="s">
         <v>17</v>
       </c>
       <c r="E113" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F113" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G113" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="H113" t="s">
         <v>21</v>
       </c>
       <c r="I113" s="1">
         <v>26149</v>
       </c>
       <c r="J113" t="s">
         <v>22</v>
       </c>
-      <c r="K113"/>
       <c r="L113" t="s">
         <v>23</v>
       </c>
       <c r="M113" t="s">
         <v>24</v>
       </c>
       <c r="N113" t="s">
         <v>24</v>
       </c>
       <c r="O113" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="114">
+    <row r="114" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
         <v>15</v>
       </c>
       <c r="B114">
         <v>16827</v>
       </c>
       <c r="C114" t="s">
         <v>32</v>
       </c>
       <c r="D114" t="s">
         <v>33</v>
       </c>
       <c r="E114" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F114" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G114" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="H114" t="s">
         <v>21</v>
       </c>
       <c r="I114" s="1">
         <v>26149</v>
       </c>
       <c r="J114" t="s">
         <v>22</v>
       </c>
-      <c r="K114"/>
       <c r="L114" t="s">
         <v>62</v>
       </c>
       <c r="M114" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="N114" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="O114" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="115">
+    <row r="115" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
         <v>15</v>
       </c>
       <c r="B115">
         <v>16837</v>
       </c>
       <c r="C115" t="s">
         <v>79</v>
       </c>
       <c r="D115" t="s">
         <v>80</v>
       </c>
       <c r="E115" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="F115" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="G115" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H115" t="s">
         <v>21</v>
       </c>
       <c r="I115" s="1">
         <v>26149</v>
       </c>
       <c r="J115" t="s">
         <v>22</v>
       </c>
-      <c r="K115"/>
       <c r="L115" t="s">
         <v>23</v>
       </c>
       <c r="M115" t="s">
-        <v>218</v>
+        <v>319</v>
       </c>
       <c r="N115" t="s">
-        <v>218</v>
+        <v>319</v>
       </c>
       <c r="O115" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="116">
+    <row r="116" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
         <v>15</v>
       </c>
       <c r="B116">
         <v>16980</v>
       </c>
       <c r="C116" t="s">
         <v>16</v>
       </c>
       <c r="D116" t="s">
         <v>17</v>
       </c>
       <c r="E116" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F116" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="G116" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="H116" t="s">
         <v>21</v>
       </c>
       <c r="I116" s="1">
         <v>26149</v>
       </c>
       <c r="J116" t="s">
         <v>22</v>
       </c>
-      <c r="K116"/>
       <c r="L116" t="s">
         <v>23</v>
       </c>
       <c r="M116" t="s">
         <v>24</v>
       </c>
       <c r="N116" t="s">
         <v>24</v>
       </c>
       <c r="O116" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="117">
+    <row r="117" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
         <v>15</v>
       </c>
       <c r="B117">
         <v>17014</v>
       </c>
       <c r="C117" t="s">
         <v>32</v>
       </c>
       <c r="D117" t="s">
         <v>33</v>
       </c>
       <c r="E117" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F117" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="G117" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="H117" t="s">
         <v>21</v>
       </c>
       <c r="I117" s="1">
         <v>26149</v>
       </c>
       <c r="J117" t="s">
         <v>22</v>
       </c>
-      <c r="K117"/>
       <c r="L117" t="s">
         <v>62</v>
       </c>
       <c r="M117" t="s">
-        <v>117</v>
+        <v>37</v>
       </c>
       <c r="N117" t="s">
-        <v>117</v>
+        <v>150</v>
       </c>
       <c r="O117" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="118">
+    <row r="118" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
         <v>15</v>
       </c>
       <c r="B118">
         <v>17146</v>
       </c>
       <c r="C118" t="s">
         <v>16</v>
       </c>
       <c r="D118" t="s">
         <v>17</v>
       </c>
       <c r="E118" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="F118" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="G118" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="H118" t="s">
         <v>41</v>
       </c>
       <c r="I118" s="1">
         <v>26149</v>
       </c>
       <c r="J118" t="s">
         <v>22</v>
       </c>
       <c r="K118">
         <v>2025</v>
       </c>
       <c r="L118" t="s">
         <v>23</v>
       </c>
       <c r="M118" t="s">
         <v>24</v>
       </c>
       <c r="N118" t="s">
         <v>24</v>
       </c>
       <c r="O118" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="119">
+    <row r="119" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
         <v>15</v>
       </c>
       <c r="B119">
         <v>17153</v>
       </c>
       <c r="C119" t="s">
         <v>32</v>
       </c>
       <c r="D119" t="s">
         <v>33</v>
       </c>
       <c r="E119" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="F119" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="G119" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="H119" t="s">
         <v>41</v>
       </c>
       <c r="I119" s="1">
         <v>26149</v>
       </c>
       <c r="J119" t="s">
         <v>22</v>
       </c>
       <c r="K119">
         <v>1990</v>
       </c>
       <c r="L119" t="s">
         <v>23</v>
       </c>
       <c r="M119" t="s">
         <v>42</v>
       </c>
       <c r="N119" t="s">
         <v>42</v>
       </c>
       <c r="O119" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="120">
+    <row r="120" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
         <v>15</v>
       </c>
       <c r="B120">
         <v>17251</v>
       </c>
       <c r="C120" t="s">
         <v>32</v>
       </c>
       <c r="D120" t="s">
         <v>33</v>
       </c>
       <c r="E120" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="F120" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="G120" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="H120" t="s">
         <v>21</v>
       </c>
       <c r="I120" s="1">
         <v>35104</v>
       </c>
       <c r="J120" t="s">
         <v>54</v>
       </c>
-      <c r="K120"/>
       <c r="L120" t="s">
         <v>62</v>
       </c>
       <c r="M120" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="N120" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="O120" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="121">
+    <row r="121" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
         <v>15</v>
       </c>
       <c r="B121">
         <v>17285</v>
       </c>
       <c r="C121" t="s">
         <v>16</v>
       </c>
       <c r="D121" t="s">
         <v>17</v>
       </c>
       <c r="E121" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="F121" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="G121" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="H121" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="I121" s="1">
         <v>26149</v>
       </c>
       <c r="J121" t="s">
         <v>22</v>
       </c>
-      <c r="K121"/>
       <c r="L121" t="s">
         <v>23</v>
       </c>
       <c r="M121" t="s">
         <v>24</v>
       </c>
       <c r="N121" t="s">
         <v>24</v>
       </c>
       <c r="O121" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="122">
+    <row r="122" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
         <v>15</v>
       </c>
       <c r="B122">
         <v>17312</v>
       </c>
       <c r="C122" t="s">
         <v>32</v>
       </c>
       <c r="D122" t="s">
         <v>33</v>
       </c>
       <c r="E122" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="F122" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="G122" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="H122" t="s">
         <v>41</v>
       </c>
       <c r="I122" s="1">
         <v>26149</v>
       </c>
       <c r="J122" t="s">
         <v>22</v>
       </c>
       <c r="K122">
         <v>1990</v>
       </c>
       <c r="L122" t="s">
         <v>23</v>
       </c>
       <c r="M122" t="s">
         <v>42</v>
       </c>
       <c r="N122" t="s">
         <v>42</v>
       </c>
       <c r="O122" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="123">
+    <row r="123" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
         <v>15</v>
       </c>
       <c r="B123">
         <v>17329</v>
       </c>
       <c r="C123" t="s">
         <v>16</v>
       </c>
       <c r="D123" t="s">
         <v>17</v>
       </c>
       <c r="E123" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="F123" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="G123" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="H123" t="s">
         <v>41</v>
       </c>
       <c r="I123" s="1">
         <v>26149</v>
       </c>
       <c r="J123" t="s">
         <v>22</v>
       </c>
       <c r="K123">
         <v>1986</v>
       </c>
       <c r="L123" t="s">
         <v>23</v>
       </c>
       <c r="M123" t="s">
         <v>42</v>
       </c>
       <c r="N123" t="s">
         <v>42</v>
       </c>
       <c r="O123" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="124">
+    <row r="124" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
         <v>15</v>
       </c>
       <c r="B124">
         <v>17509</v>
       </c>
       <c r="C124" t="s">
         <v>16</v>
       </c>
       <c r="D124" t="s">
         <v>17</v>
       </c>
       <c r="E124" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="F124" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="G124" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="H124" t="s">
         <v>21</v>
       </c>
       <c r="I124" s="1">
         <v>26149</v>
       </c>
       <c r="J124" t="s">
         <v>22</v>
       </c>
-      <c r="K124"/>
       <c r="L124" t="s">
         <v>23</v>
       </c>
       <c r="M124" t="s">
         <v>24</v>
       </c>
       <c r="N124" t="s">
         <v>24</v>
       </c>
       <c r="O124" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="125">
+    <row r="125" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
         <v>15</v>
       </c>
       <c r="B125">
         <v>17545</v>
       </c>
       <c r="C125" t="s">
         <v>32</v>
       </c>
       <c r="D125" t="s">
         <v>33</v>
       </c>
       <c r="E125" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="F125" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="G125" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="H125" t="s">
         <v>41</v>
       </c>
       <c r="I125" s="1">
         <v>26149</v>
       </c>
       <c r="J125" t="s">
         <v>82</v>
       </c>
       <c r="K125">
         <v>2018</v>
       </c>
       <c r="L125" t="s">
         <v>23</v>
       </c>
       <c r="M125" t="s">
         <v>42</v>
       </c>
       <c r="N125" t="s">
         <v>42</v>
       </c>
       <c r="O125" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="126">
+    <row r="126" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
         <v>15</v>
       </c>
       <c r="B126">
         <v>17570</v>
       </c>
       <c r="C126" t="s">
         <v>16</v>
       </c>
       <c r="D126" t="s">
         <v>17</v>
       </c>
       <c r="E126" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="F126" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="G126" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="H126" t="s">
         <v>21</v>
       </c>
       <c r="I126" s="1">
         <v>26149</v>
       </c>
       <c r="J126" t="s">
         <v>22</v>
       </c>
-      <c r="K126"/>
       <c r="L126" t="s">
         <v>23</v>
       </c>
       <c r="M126" t="s">
         <v>24</v>
       </c>
       <c r="N126" t="s">
         <v>24</v>
       </c>
       <c r="O126" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="127">
+    <row r="127" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
         <v>15</v>
       </c>
       <c r="B127">
         <v>17586</v>
       </c>
       <c r="C127" t="s">
         <v>32</v>
       </c>
       <c r="D127" t="s">
         <v>33</v>
       </c>
       <c r="E127" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="F127" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="G127" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="H127" t="s">
         <v>21</v>
       </c>
       <c r="I127" s="1">
         <v>26149</v>
       </c>
       <c r="J127" t="s">
         <v>22</v>
       </c>
-      <c r="K127"/>
       <c r="L127" t="s">
         <v>23</v>
       </c>
       <c r="M127" t="s">
         <v>37</v>
       </c>
       <c r="N127" t="s">
         <v>37</v>
       </c>
       <c r="O127" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="128">
+    <row r="128" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
         <v>15</v>
       </c>
       <c r="B128">
         <v>17607</v>
       </c>
       <c r="C128" t="s">
         <v>16</v>
       </c>
       <c r="D128" t="s">
         <v>17</v>
       </c>
       <c r="E128" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="F128" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="G128" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="H128" t="s">
         <v>21</v>
       </c>
       <c r="I128" s="1">
         <v>26149</v>
       </c>
       <c r="J128" t="s">
         <v>22</v>
       </c>
-      <c r="K128"/>
       <c r="L128" t="s">
         <v>23</v>
       </c>
       <c r="M128" t="s">
         <v>24</v>
       </c>
       <c r="N128" t="s">
         <v>24</v>
       </c>
       <c r="O128" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="129">
+    <row r="129" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
         <v>15</v>
       </c>
       <c r="B129">
         <v>17631</v>
       </c>
       <c r="C129" t="s">
         <v>32</v>
       </c>
       <c r="D129" t="s">
         <v>33</v>
       </c>
       <c r="E129" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="F129" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="G129" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="H129" t="s">
         <v>41</v>
       </c>
       <c r="I129" s="1">
         <v>26149</v>
       </c>
       <c r="J129" t="s">
         <v>22</v>
       </c>
       <c r="K129">
         <v>2018</v>
       </c>
       <c r="L129" t="s">
         <v>23</v>
       </c>
       <c r="M129" t="s">
         <v>42</v>
       </c>
       <c r="N129" t="s">
         <v>42</v>
       </c>
       <c r="O129" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="130">
+    <row r="130" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
         <v>15</v>
       </c>
       <c r="B130">
         <v>17672</v>
       </c>
       <c r="C130" t="s">
         <v>16</v>
       </c>
       <c r="D130" t="s">
         <v>17</v>
       </c>
       <c r="E130" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="F130" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="G130" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="H130" t="s">
         <v>21</v>
       </c>
       <c r="I130" s="1">
         <v>26149</v>
       </c>
       <c r="J130" t="s">
         <v>22</v>
       </c>
-      <c r="K130"/>
       <c r="L130" t="s">
         <v>62</v>
       </c>
       <c r="M130" t="s">
         <v>24</v>
       </c>
       <c r="N130" t="s">
         <v>24</v>
       </c>
       <c r="O130" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="131">
+    <row r="131" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
         <v>15</v>
       </c>
       <c r="B131">
         <v>17709</v>
       </c>
       <c r="C131" t="s">
         <v>32</v>
       </c>
       <c r="D131" t="s">
         <v>33</v>
       </c>
       <c r="E131" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="F131" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="G131" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="H131" t="s">
         <v>21</v>
       </c>
       <c r="I131" s="1">
         <v>26149</v>
       </c>
       <c r="J131" t="s">
         <v>22</v>
       </c>
-      <c r="K131"/>
       <c r="L131" t="s">
         <v>23</v>
       </c>
       <c r="M131" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="N131" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="O131" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="132">
+    <row r="132" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
         <v>15</v>
       </c>
       <c r="B132">
         <v>17721</v>
       </c>
       <c r="C132" t="s">
         <v>32</v>
       </c>
       <c r="D132" t="s">
         <v>33</v>
       </c>
       <c r="E132" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="F132" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="G132" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="H132" t="s">
         <v>41</v>
       </c>
       <c r="I132" s="1">
         <v>26149</v>
       </c>
       <c r="J132" t="s">
         <v>22</v>
       </c>
-      <c r="K132"/>
       <c r="L132" t="s">
         <v>23</v>
       </c>
       <c r="M132" t="s">
         <v>42</v>
       </c>
       <c r="N132" t="s">
         <v>42</v>
       </c>
       <c r="O132" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="133">
+    <row r="133" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
         <v>15</v>
       </c>
       <c r="B133">
         <v>17725</v>
       </c>
       <c r="C133" t="s">
         <v>79</v>
       </c>
       <c r="D133" t="s">
         <v>80</v>
       </c>
       <c r="E133" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="F133" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="G133" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="H133" t="s">
         <v>21</v>
       </c>
       <c r="I133" s="1">
         <v>29658</v>
       </c>
       <c r="J133" t="s">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="K133"/>
+        <v>358</v>
+      </c>
       <c r="L133" t="s">
         <v>23</v>
       </c>
       <c r="M133" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="N133" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="O133" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="134">
+    <row r="134" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
         <v>15</v>
       </c>
       <c r="B134">
         <v>17731</v>
       </c>
       <c r="C134" t="s">
         <v>32</v>
       </c>
       <c r="D134" t="s">
         <v>33</v>
       </c>
       <c r="E134" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="F134" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="G134" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="H134" t="s">
         <v>21</v>
       </c>
       <c r="I134" s="1">
         <v>26149</v>
       </c>
       <c r="J134" t="s">
         <v>22</v>
       </c>
-      <c r="K134"/>
       <c r="L134" t="s">
         <v>23</v>
       </c>
       <c r="M134" t="s">
         <v>83</v>
       </c>
       <c r="N134" t="s">
         <v>83</v>
       </c>
       <c r="O134" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="135">
+    <row r="135" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
         <v>15</v>
       </c>
       <c r="B135">
         <v>17743</v>
       </c>
       <c r="C135" t="s">
         <v>32</v>
       </c>
       <c r="D135" t="s">
         <v>33</v>
       </c>
       <c r="E135" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F135" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="G135" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="H135" t="s">
         <v>21</v>
       </c>
       <c r="I135" s="1">
         <v>26149</v>
       </c>
       <c r="J135" t="s">
         <v>22</v>
       </c>
-      <c r="K135"/>
       <c r="L135" t="s">
         <v>23</v>
       </c>
       <c r="M135" t="s">
         <v>37</v>
       </c>
       <c r="N135" t="s">
         <v>37</v>
       </c>
       <c r="O135" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="136">
+    <row r="136" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
         <v>15</v>
       </c>
       <c r="B136">
         <v>17753</v>
       </c>
       <c r="C136" t="s">
         <v>32</v>
       </c>
       <c r="D136" t="s">
         <v>33</v>
       </c>
       <c r="E136" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="F136" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="G136" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="H136" t="s">
         <v>41</v>
       </c>
       <c r="I136" s="1">
         <v>26149</v>
       </c>
       <c r="J136" t="s">
         <v>22</v>
       </c>
       <c r="K136">
         <v>2016</v>
       </c>
       <c r="L136" t="s">
         <v>23</v>
       </c>
       <c r="M136" t="s">
         <v>42</v>
       </c>
       <c r="N136" t="s">
         <v>42</v>
       </c>
       <c r="O136" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="137">
+    <row r="137" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
         <v>15</v>
       </c>
       <c r="B137">
         <v>17755</v>
       </c>
       <c r="C137" t="s">
         <v>84</v>
       </c>
       <c r="D137" t="s">
         <v>85</v>
       </c>
       <c r="E137" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F137" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="G137" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="H137" t="s">
         <v>21</v>
       </c>
       <c r="I137" s="1">
         <v>38219</v>
       </c>
       <c r="J137" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="K137"/>
+        <v>370</v>
+      </c>
       <c r="L137" t="s">
         <v>23</v>
       </c>
       <c r="M137" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="N137" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="O137" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="138">
+    <row r="138" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
         <v>15</v>
       </c>
       <c r="B138">
         <v>19236</v>
       </c>
       <c r="C138" t="s">
         <v>32</v>
       </c>
       <c r="D138" t="s">
         <v>33</v>
       </c>
       <c r="E138" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="F138" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="G138" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="H138" t="s">
         <v>21</v>
       </c>
       <c r="I138" s="1">
         <v>26149</v>
       </c>
       <c r="J138" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="K138"/>
+        <v>375</v>
+      </c>
       <c r="L138" t="s">
         <v>62</v>
       </c>
       <c r="M138" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="N138" t="s">
         <v>102</v>
       </c>
       <c r="O138" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="139">
+    <row r="139" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
         <v>15</v>
       </c>
       <c r="B139">
         <v>19350</v>
       </c>
       <c r="C139" t="s">
         <v>16</v>
       </c>
       <c r="D139" t="s">
         <v>17</v>
       </c>
       <c r="E139" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="F139" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="G139" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="H139" t="s">
         <v>21</v>
       </c>
       <c r="I139" s="1">
         <v>26149</v>
       </c>
       <c r="J139" t="s">
         <v>22</v>
       </c>
-      <c r="K139"/>
       <c r="L139" t="s">
         <v>23</v>
       </c>
       <c r="M139" t="s">
         <v>24</v>
       </c>
       <c r="N139" t="s">
         <v>24</v>
       </c>
       <c r="O139" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="140">
+    <row r="140" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
         <v>15</v>
       </c>
       <c r="B140">
         <v>19435</v>
       </c>
       <c r="C140" t="s">
         <v>16</v>
       </c>
       <c r="D140" t="s">
         <v>17</v>
       </c>
       <c r="E140" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="F140" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="G140" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="H140" t="s">
         <v>21</v>
       </c>
       <c r="I140" s="1">
         <v>26149</v>
       </c>
       <c r="J140" t="s">
         <v>22</v>
       </c>
-      <c r="K140"/>
       <c r="L140" t="s">
         <v>23</v>
       </c>
       <c r="M140" t="s">
         <v>24</v>
       </c>
       <c r="N140" t="s">
         <v>24</v>
       </c>
       <c r="O140" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="141">
+    <row r="141" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
         <v>15</v>
       </c>
       <c r="B141">
         <v>19452</v>
       </c>
       <c r="C141" t="s">
+        <v>130</v>
+      </c>
+      <c r="D141" t="s">
         <v>131</v>
       </c>
-      <c r="D141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E141" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="F141" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="G141" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="H141" t="s">
         <v>41</v>
       </c>
       <c r="I141" s="1">
         <v>26149</v>
       </c>
       <c r="J141" t="s">
         <v>22</v>
       </c>
       <c r="K141">
         <v>2008</v>
       </c>
       <c r="L141" t="s">
         <v>23</v>
       </c>
       <c r="M141" t="s">
         <v>42</v>
       </c>
       <c r="N141" t="s">
         <v>42</v>
       </c>
       <c r="O141" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="142">
+    <row r="142" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
         <v>15</v>
       </c>
       <c r="B142">
         <v>19454</v>
       </c>
       <c r="C142" t="s">
         <v>16</v>
       </c>
       <c r="D142" t="s">
         <v>17</v>
       </c>
       <c r="E142" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="F142" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="G142" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="H142" t="s">
         <v>21</v>
       </c>
       <c r="I142" s="1">
         <v>26149</v>
       </c>
       <c r="J142" t="s">
         <v>22</v>
       </c>
-      <c r="K142"/>
       <c r="L142" t="s">
         <v>62</v>
       </c>
       <c r="M142" t="s">
         <v>24</v>
       </c>
       <c r="N142" t="s">
         <v>24</v>
       </c>
       <c r="O142" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="143">
+    <row r="143" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
         <v>15</v>
       </c>
       <c r="B143">
         <v>19455</v>
       </c>
       <c r="C143" t="s">
         <v>32</v>
       </c>
       <c r="D143" t="s">
         <v>33</v>
       </c>
       <c r="E143" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="F143" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="G143" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="H143" t="s">
         <v>21</v>
       </c>
       <c r="I143" s="1">
         <v>26149</v>
       </c>
       <c r="J143" t="s">
         <v>22</v>
       </c>
-      <c r="K143"/>
       <c r="L143" t="s">
         <v>62</v>
       </c>
       <c r="M143" t="s">
-        <v>37</v>
+        <v>150</v>
       </c>
       <c r="N143" t="s">
-        <v>151</v>
+        <v>102</v>
       </c>
       <c r="O143" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="144">
+    <row r="144" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
         <v>15</v>
       </c>
       <c r="B144">
         <v>19468</v>
       </c>
       <c r="C144" t="s">
         <v>16</v>
       </c>
       <c r="D144" t="s">
         <v>17</v>
       </c>
       <c r="E144" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="F144" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="G144" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="H144" t="s">
         <v>21</v>
       </c>
       <c r="I144" s="1">
         <v>26149</v>
       </c>
       <c r="J144" t="s">
         <v>22</v>
       </c>
-      <c r="K144"/>
       <c r="L144" t="s">
         <v>62</v>
       </c>
       <c r="M144" t="s">
         <v>24</v>
       </c>
       <c r="N144" t="s">
         <v>24</v>
       </c>
       <c r="O144" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="145">
+    <row r="145" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
         <v>15</v>
       </c>
       <c r="B145">
         <v>19493</v>
       </c>
       <c r="C145" t="s">
         <v>32</v>
       </c>
       <c r="D145" t="s">
         <v>33</v>
       </c>
       <c r="E145" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="F145" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="G145" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="H145" t="s">
         <v>41</v>
       </c>
       <c r="I145" s="1">
         <v>26149</v>
       </c>
       <c r="J145" t="s">
         <v>22</v>
       </c>
       <c r="K145">
         <v>2018</v>
       </c>
       <c r="L145" t="s">
         <v>23</v>
       </c>
       <c r="M145" t="s">
         <v>42</v>
       </c>
       <c r="N145" t="s">
         <v>42</v>
       </c>
       <c r="O145" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="146">
+    <row r="146" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
         <v>15</v>
       </c>
       <c r="B146">
         <v>19508</v>
       </c>
       <c r="C146" t="s">
         <v>16</v>
       </c>
       <c r="D146" t="s">
         <v>17</v>
       </c>
       <c r="E146" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="F146" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="G146" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="H146" t="s">
         <v>21</v>
       </c>
       <c r="I146" s="1">
         <v>26149</v>
       </c>
       <c r="J146" t="s">
         <v>22</v>
       </c>
-      <c r="K146"/>
       <c r="L146" t="s">
         <v>23</v>
       </c>
       <c r="M146" t="s">
         <v>24</v>
       </c>
       <c r="N146" t="s">
         <v>24</v>
       </c>
       <c r="O146" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="147">
+    <row r="147" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
         <v>15</v>
       </c>
       <c r="B147">
         <v>19514</v>
       </c>
       <c r="C147" t="s">
         <v>32</v>
       </c>
       <c r="D147" t="s">
         <v>33</v>
       </c>
       <c r="E147" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="F147" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="G147" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="H147" t="s">
         <v>41</v>
       </c>
       <c r="I147" s="1">
         <v>26149</v>
       </c>
       <c r="J147" t="s">
         <v>22</v>
       </c>
       <c r="K147">
         <v>2025</v>
       </c>
       <c r="L147" t="s">
         <v>23</v>
       </c>
       <c r="M147" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="N147" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="O147" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="148">
+    <row r="148" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
         <v>15</v>
       </c>
       <c r="B148">
         <v>19518</v>
       </c>
       <c r="C148" t="s">
         <v>79</v>
       </c>
       <c r="D148" t="s">
         <v>80</v>
       </c>
       <c r="E148" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="F148" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="G148" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="H148" t="s">
         <v>21</v>
       </c>
       <c r="I148" s="1">
         <v>26149</v>
       </c>
       <c r="J148" t="s">
         <v>22</v>
       </c>
-      <c r="K148"/>
       <c r="L148" t="s">
         <v>23</v>
       </c>
       <c r="M148" t="s">
-        <v>218</v>
+        <v>319</v>
       </c>
       <c r="N148" t="s">
-        <v>218</v>
+        <v>319</v>
       </c>
       <c r="O148" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="149">
+    <row r="149" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
         <v>15</v>
       </c>
       <c r="B149">
         <v>19544</v>
       </c>
       <c r="C149" t="s">
         <v>16</v>
       </c>
       <c r="D149" t="s">
         <v>17</v>
       </c>
       <c r="E149" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="F149" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="G149" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="H149" t="s">
         <v>21</v>
       </c>
       <c r="I149" s="1">
         <v>26149</v>
       </c>
       <c r="J149" t="s">
         <v>22</v>
       </c>
-      <c r="K149"/>
       <c r="L149" t="s">
         <v>23</v>
       </c>
       <c r="M149" t="s">
         <v>24</v>
       </c>
       <c r="N149" t="s">
         <v>24</v>
       </c>
       <c r="O149" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="150">
+    <row r="150" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
         <v>15</v>
       </c>
       <c r="B150">
         <v>19572</v>
       </c>
       <c r="C150" t="s">
         <v>32</v>
       </c>
       <c r="D150" t="s">
         <v>33</v>
       </c>
       <c r="E150" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="F150" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="G150" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="H150" t="s">
         <v>41</v>
       </c>
       <c r="I150" s="1">
         <v>26149</v>
       </c>
       <c r="J150" t="s">
         <v>22</v>
       </c>
       <c r="K150">
         <v>2023</v>
       </c>
       <c r="L150" t="s">
         <v>23</v>
       </c>
       <c r="M150" t="s">
         <v>42</v>
       </c>
       <c r="N150" t="s">
         <v>42</v>
       </c>
       <c r="O150" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="151">
+    <row r="151" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
         <v>15</v>
       </c>
       <c r="B151">
         <v>19595</v>
       </c>
       <c r="C151" t="s">
         <v>16</v>
       </c>
       <c r="D151" t="s">
         <v>17</v>
       </c>
       <c r="E151" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="F151" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="G151" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="H151" t="s">
         <v>41</v>
       </c>
       <c r="I151" s="1">
         <v>26149</v>
       </c>
       <c r="J151" t="s">
         <v>22</v>
       </c>
       <c r="K151">
         <v>2018</v>
       </c>
       <c r="L151" t="s">
         <v>23</v>
       </c>
       <c r="M151" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="N151" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="O151" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="152">
+    <row r="152" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
         <v>15</v>
       </c>
       <c r="B152">
         <v>19626</v>
       </c>
       <c r="C152" t="s">
         <v>32</v>
       </c>
       <c r="D152" t="s">
         <v>33</v>
       </c>
       <c r="E152" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="F152" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="G152" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="H152" t="s">
         <v>41</v>
       </c>
       <c r="I152" s="1">
         <v>26149</v>
       </c>
       <c r="J152" t="s">
         <v>22</v>
       </c>
       <c r="K152">
         <v>2018</v>
       </c>
       <c r="L152" t="s">
         <v>23</v>
       </c>
       <c r="M152" t="s">
         <v>42</v>
       </c>
       <c r="N152" t="s">
         <v>42</v>
       </c>
       <c r="O152" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="153">
+    <row r="153" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
         <v>15</v>
       </c>
       <c r="B153">
         <v>19637</v>
       </c>
       <c r="C153" t="s">
         <v>16</v>
       </c>
       <c r="D153" t="s">
         <v>17</v>
       </c>
       <c r="E153" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="F153" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="G153" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="H153" t="s">
         <v>41</v>
       </c>
       <c r="I153" s="1">
         <v>26149</v>
       </c>
       <c r="J153" t="s">
         <v>22</v>
       </c>
       <c r="K153">
         <v>2000</v>
       </c>
       <c r="L153" t="s">
         <v>23</v>
       </c>
       <c r="M153" t="s">
         <v>42</v>
       </c>
       <c r="N153" t="s">
         <v>42</v>
       </c>
       <c r="O153" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="154">
+    <row r="154" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
         <v>15</v>
       </c>
       <c r="B154">
         <v>20649</v>
       </c>
       <c r="C154" t="s">
+        <v>130</v>
+      </c>
+      <c r="D154" t="s">
         <v>131</v>
       </c>
-      <c r="D154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E154" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F154" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="G154" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="H154" t="s">
         <v>41</v>
       </c>
       <c r="I154" s="1">
         <v>26149</v>
       </c>
       <c r="J154" t="s">
-        <v>409</v>
-[...1 lines deleted...]
-      <c r="K154"/>
+        <v>412</v>
+      </c>
       <c r="L154" t="s">
         <v>62</v>
       </c>
       <c r="M154" t="s">
         <v>42</v>
       </c>
       <c r="N154" t="s">
         <v>42</v>
       </c>
       <c r="O154" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="155">
+    <row r="155" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
         <v>15</v>
       </c>
       <c r="B155">
         <v>20656</v>
       </c>
       <c r="C155" t="s">
         <v>16</v>
       </c>
       <c r="D155" t="s">
         <v>17</v>
       </c>
       <c r="E155" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="F155" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="G155" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="H155" t="s">
         <v>21</v>
       </c>
       <c r="I155" s="1">
         <v>26149</v>
       </c>
       <c r="J155" t="s">
         <v>22</v>
       </c>
-      <c r="K155"/>
       <c r="L155" t="s">
         <v>23</v>
       </c>
       <c r="M155" t="s">
         <v>24</v>
       </c>
       <c r="N155" t="s">
         <v>24</v>
       </c>
       <c r="O155" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="156">
+    <row r="156" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
         <v>15</v>
       </c>
       <c r="B156">
         <v>20662</v>
       </c>
       <c r="C156" t="s">
         <v>16</v>
       </c>
       <c r="D156" t="s">
         <v>17</v>
       </c>
       <c r="E156" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="F156" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="G156" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="H156" t="s">
         <v>21</v>
       </c>
       <c r="I156" s="1">
         <v>26149</v>
       </c>
       <c r="J156" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="K156"/>
+        <v>224</v>
+      </c>
       <c r="L156" t="s">
         <v>23</v>
       </c>
       <c r="M156" t="s">
         <v>24</v>
       </c>
       <c r="N156" t="s">
         <v>24</v>
       </c>
       <c r="O156" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="157">
+    <row r="157" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
         <v>15</v>
       </c>
       <c r="B157">
         <v>20804</v>
       </c>
       <c r="C157" t="s">
         <v>16</v>
       </c>
       <c r="D157" t="s">
         <v>17</v>
       </c>
       <c r="E157" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="F157" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="G157" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="H157" t="s">
         <v>21</v>
       </c>
       <c r="I157" s="1">
         <v>26149</v>
       </c>
       <c r="J157" t="s">
         <v>22</v>
       </c>
-      <c r="K157"/>
       <c r="L157" t="s">
         <v>23</v>
       </c>
       <c r="M157" t="s">
         <v>24</v>
       </c>
       <c r="N157" t="s">
         <v>24</v>
       </c>
       <c r="O157" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="158">
+    <row r="158" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
         <v>15</v>
       </c>
       <c r="B158">
         <v>20848</v>
       </c>
       <c r="C158" t="s">
         <v>16</v>
       </c>
       <c r="D158" t="s">
         <v>17</v>
       </c>
       <c r="E158" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="F158" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="G158" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="H158" t="s">
         <v>21</v>
       </c>
       <c r="I158" s="1">
         <v>26149</v>
       </c>
       <c r="J158" t="s">
         <v>22</v>
       </c>
-      <c r="K158"/>
       <c r="L158" t="s">
         <v>23</v>
       </c>
       <c r="M158" t="s">
         <v>24</v>
       </c>
       <c r="N158" t="s">
         <v>24</v>
       </c>
       <c r="O158" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="159">
+    <row r="159" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
         <v>15</v>
       </c>
       <c r="B159">
         <v>20871</v>
       </c>
       <c r="C159" t="s">
         <v>32</v>
       </c>
       <c r="D159" t="s">
         <v>33</v>
       </c>
       <c r="E159" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="F159" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="G159" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="H159" t="s">
         <v>21</v>
       </c>
       <c r="I159" s="1">
         <v>26149</v>
       </c>
       <c r="J159" t="s">
         <v>22</v>
       </c>
-      <c r="K159"/>
       <c r="L159" t="s">
         <v>23</v>
       </c>
       <c r="M159" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="N159" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="O159" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="160">
+    <row r="160" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
         <v>15</v>
       </c>
       <c r="B160">
         <v>20886</v>
       </c>
       <c r="C160" t="s">
         <v>16</v>
       </c>
       <c r="D160" t="s">
         <v>17</v>
       </c>
       <c r="E160" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="F160" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="G160" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="H160" t="s">
         <v>21</v>
       </c>
       <c r="I160" s="1">
         <v>26149</v>
       </c>
       <c r="J160" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="K160"/>
+        <v>429</v>
+      </c>
       <c r="L160" t="s">
         <v>23</v>
       </c>
       <c r="M160" t="s">
         <v>24</v>
       </c>
       <c r="N160" t="s">
         <v>24</v>
       </c>
       <c r="O160" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="161">
+    <row r="161" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
         <v>15</v>
       </c>
       <c r="B161">
         <v>20891</v>
       </c>
       <c r="C161" t="s">
         <v>32</v>
       </c>
       <c r="D161" t="s">
         <v>33</v>
       </c>
       <c r="E161" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="F161" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="G161" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="H161" t="s">
         <v>21</v>
       </c>
       <c r="I161" s="1">
         <v>26149</v>
       </c>
       <c r="J161" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="K161"/>
+        <v>429</v>
+      </c>
       <c r="L161" t="s">
         <v>23</v>
       </c>
       <c r="M161" t="s">
         <v>83</v>
       </c>
       <c r="N161" t="s">
         <v>83</v>
       </c>
       <c r="O161" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="162">
+    <row r="162" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
         <v>15</v>
       </c>
       <c r="B162">
         <v>20895</v>
       </c>
       <c r="C162" t="s">
         <v>16</v>
       </c>
       <c r="D162" t="s">
         <v>17</v>
       </c>
       <c r="E162" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="F162" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="G162" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="H162" t="s">
         <v>41</v>
       </c>
       <c r="I162" s="1">
         <v>26149</v>
       </c>
       <c r="J162" t="s">
         <v>22</v>
       </c>
       <c r="K162">
         <v>2003</v>
       </c>
       <c r="L162" t="s">
         <v>23</v>
       </c>
       <c r="M162" t="s">
         <v>42</v>
       </c>
       <c r="N162" t="s">
         <v>42</v>
       </c>
       <c r="O162" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="163">
+    <row r="163" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
         <v>15</v>
       </c>
       <c r="B163">
         <v>20925</v>
       </c>
       <c r="C163" t="s">
         <v>16</v>
       </c>
       <c r="D163" t="s">
         <v>17</v>
       </c>
       <c r="E163" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F163" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="G163" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="H163" t="s">
         <v>21</v>
       </c>
       <c r="I163" s="1">
         <v>26149</v>
       </c>
       <c r="J163" t="s">
         <v>82</v>
       </c>
-      <c r="K163"/>
       <c r="L163" t="s">
         <v>23</v>
       </c>
       <c r="M163" t="s">
         <v>24</v>
       </c>
       <c r="N163" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="O163" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="164">
+    <row r="164" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
         <v>15</v>
       </c>
       <c r="B164">
         <v>20952</v>
       </c>
       <c r="C164" t="s">
         <v>32</v>
       </c>
       <c r="D164" t="s">
         <v>33</v>
       </c>
       <c r="E164" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F164" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="G164" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="H164" t="s">
         <v>41</v>
       </c>
       <c r="I164" s="1">
         <v>26149</v>
       </c>
       <c r="J164" t="s">
         <v>22</v>
       </c>
       <c r="K164">
         <v>2003</v>
       </c>
       <c r="L164" t="s">
         <v>23</v>
       </c>
       <c r="M164" t="s">
         <v>42</v>
       </c>
       <c r="N164" t="s">
         <v>42</v>
       </c>
       <c r="O164" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="165">
+    <row r="165" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
         <v>15</v>
       </c>
       <c r="B165">
         <v>20976</v>
       </c>
       <c r="C165" t="s">
         <v>16</v>
       </c>
       <c r="D165" t="s">
         <v>17</v>
       </c>
       <c r="E165" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="F165" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="G165" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="H165" t="s">
         <v>21</v>
       </c>
       <c r="I165" s="1">
         <v>26149</v>
       </c>
       <c r="J165" t="s">
         <v>82</v>
       </c>
-      <c r="K165"/>
       <c r="L165" t="s">
         <v>23</v>
       </c>
       <c r="M165" t="s">
         <v>24</v>
       </c>
       <c r="N165" t="s">
         <v>24</v>
       </c>
       <c r="O165" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="166">
+    <row r="166" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
         <v>15</v>
       </c>
       <c r="B166">
         <v>20989</v>
       </c>
       <c r="C166" t="s">
         <v>32</v>
       </c>
       <c r="D166" t="s">
         <v>33</v>
       </c>
       <c r="E166" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="F166" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="G166" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="H166" t="s">
         <v>41</v>
       </c>
       <c r="I166" s="1">
         <v>26149</v>
       </c>
       <c r="J166" t="s">
         <v>54</v>
       </c>
       <c r="K166">
         <v>2025</v>
       </c>
       <c r="L166" t="s">
         <v>23</v>
       </c>
       <c r="M166" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="N166" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="O166" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="167">
+    <row r="167" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
         <v>15</v>
       </c>
       <c r="B167">
         <v>21045</v>
       </c>
       <c r="C167" t="s">
+        <v>130</v>
+      </c>
+      <c r="D167" t="s">
         <v>131</v>
       </c>
-      <c r="D167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E167" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="F167" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="G167" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="H167" t="s">
         <v>41</v>
       </c>
       <c r="I167" s="1">
         <v>36658</v>
       </c>
       <c r="J167" t="s">
         <v>54</v>
       </c>
       <c r="K167">
         <v>2016</v>
       </c>
       <c r="L167" t="s">
         <v>23</v>
       </c>
       <c r="M167" t="s">
         <v>42</v>
       </c>
       <c r="N167" t="s">
         <v>42</v>
       </c>
       <c r="O167" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="168">
+    <row r="168" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
         <v>15</v>
       </c>
       <c r="B168">
         <v>21051</v>
       </c>
       <c r="C168" t="s">
         <v>16</v>
       </c>
       <c r="D168" t="s">
         <v>17</v>
       </c>
       <c r="E168" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="F168" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="G168" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="H168" t="s">
         <v>21</v>
       </c>
       <c r="I168" s="1">
         <v>26149</v>
       </c>
       <c r="J168" t="s">
         <v>61</v>
       </c>
-      <c r="K168"/>
       <c r="L168" t="s">
         <v>23</v>
       </c>
       <c r="M168" t="s">
         <v>24</v>
       </c>
       <c r="N168" t="s">
         <v>24</v>
       </c>
       <c r="O168" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="169">
+    <row r="169" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
         <v>15</v>
       </c>
       <c r="B169">
         <v>21057</v>
       </c>
       <c r="C169" t="s">
         <v>32</v>
       </c>
       <c r="D169" t="s">
         <v>33</v>
       </c>
       <c r="E169" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="F169" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="G169" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="H169" t="s">
         <v>21</v>
       </c>
       <c r="I169" s="1">
         <v>26149</v>
       </c>
       <c r="J169" t="s">
         <v>61</v>
       </c>
-      <c r="K169"/>
       <c r="L169" t="s">
         <v>23</v>
       </c>
       <c r="M169" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="N169" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="O169" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="170">
+    <row r="170" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
         <v>15</v>
       </c>
       <c r="B170">
         <v>21756</v>
       </c>
       <c r="C170" t="s">
         <v>32</v>
       </c>
       <c r="D170" t="s">
         <v>33</v>
       </c>
       <c r="E170" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="F170" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="G170" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="H170" t="s">
         <v>21</v>
       </c>
       <c r="I170" s="1">
         <v>40221</v>
       </c>
       <c r="J170" t="s">
-        <v>454</v>
-[...1 lines deleted...]
-      <c r="K170"/>
+        <v>457</v>
+      </c>
       <c r="L170" t="s">
         <v>23</v>
       </c>
       <c r="M170" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="N170" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="O170" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="171">
+    <row r="171" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
         <v>15</v>
       </c>
       <c r="B171">
         <v>21758</v>
       </c>
       <c r="C171" t="s">
         <v>16</v>
       </c>
       <c r="D171" t="s">
         <v>17</v>
       </c>
       <c r="E171" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="F171" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="G171" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="H171" t="s">
         <v>21</v>
       </c>
       <c r="I171" s="1">
         <v>26149</v>
       </c>
       <c r="J171" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="K171"/>
+        <v>208</v>
+      </c>
       <c r="L171" t="s">
         <v>23</v>
       </c>
       <c r="M171" t="s">
         <v>24</v>
       </c>
       <c r="N171" t="s">
         <v>24</v>
       </c>
       <c r="O171" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="172">
+    <row r="172" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
         <v>15</v>
       </c>
       <c r="B172">
         <v>21762</v>
       </c>
       <c r="C172" t="s">
         <v>32</v>
       </c>
       <c r="D172" t="s">
         <v>33</v>
       </c>
       <c r="E172" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F172" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="G172" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="H172" t="s">
         <v>21</v>
       </c>
       <c r="I172" s="1">
         <v>26149</v>
       </c>
       <c r="J172" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="K172"/>
+        <v>208</v>
+      </c>
       <c r="L172" t="s">
         <v>23</v>
       </c>
       <c r="M172" t="s">
-        <v>462</v>
+        <v>219</v>
       </c>
       <c r="N172" t="s">
-        <v>462</v>
+        <v>219</v>
       </c>
       <c r="O172" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="173">
+    <row r="173" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
         <v>15</v>
       </c>
       <c r="B173">
         <v>21802</v>
       </c>
       <c r="C173" t="s">
+        <v>130</v>
+      </c>
+      <c r="D173" t="s">
         <v>131</v>
       </c>
-      <c r="D173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E173" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="F173" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="G173" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="H173" t="s">
         <v>41</v>
       </c>
       <c r="I173" s="1">
         <v>27439</v>
       </c>
       <c r="J173" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="K173">
         <v>2003</v>
       </c>
       <c r="L173" t="s">
         <v>23</v>
       </c>
       <c r="M173" t="s">
         <v>42</v>
       </c>
       <c r="N173" t="s">
         <v>42</v>
       </c>
       <c r="O173" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="174">
+    <row r="174" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
         <v>15</v>
       </c>
       <c r="B174">
         <v>21830</v>
       </c>
       <c r="C174" t="s">
         <v>16</v>
       </c>
       <c r="D174" t="s">
         <v>17</v>
       </c>
       <c r="E174" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="F174" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="G174" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H174" t="s">
         <v>21</v>
       </c>
       <c r="I174" s="1">
         <v>26149</v>
       </c>
       <c r="J174" t="s">
         <v>22</v>
       </c>
-      <c r="K174"/>
       <c r="L174" t="s">
         <v>23</v>
       </c>
       <c r="M174" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="N174" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="O174" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="175">
+    <row r="175" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
         <v>15</v>
       </c>
       <c r="B175">
         <v>21846</v>
       </c>
       <c r="C175" t="s">
         <v>32</v>
       </c>
       <c r="D175" t="s">
         <v>33</v>
       </c>
       <c r="E175" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="F175" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="G175" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="H175" t="s">
         <v>41</v>
       </c>
       <c r="I175" s="1">
         <v>26149</v>
       </c>
       <c r="J175" t="s">
         <v>22</v>
       </c>
       <c r="K175">
         <v>2003</v>
       </c>
       <c r="L175" t="s">
         <v>23</v>
       </c>
       <c r="M175" t="s">
         <v>42</v>
       </c>
       <c r="N175" t="s">
         <v>42</v>
       </c>
       <c r="O175" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="176">
+    <row r="176" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
         <v>15</v>
       </c>
       <c r="B176">
         <v>21885</v>
       </c>
       <c r="C176" t="s">
         <v>16</v>
       </c>
       <c r="D176" t="s">
         <v>17</v>
       </c>
       <c r="E176" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="F176" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="G176" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="H176" t="s">
         <v>21</v>
       </c>
       <c r="I176" s="1">
         <v>26149</v>
       </c>
       <c r="J176" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="K176"/>
+        <v>297</v>
+      </c>
       <c r="L176" t="s">
         <v>23</v>
       </c>
       <c r="M176" t="s">
         <v>42</v>
       </c>
       <c r="N176" t="s">
         <v>42</v>
       </c>
       <c r="O176" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="177">
+    <row r="177" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
         <v>15</v>
       </c>
       <c r="B177">
         <v>21901</v>
       </c>
       <c r="C177" t="s">
         <v>16</v>
       </c>
       <c r="D177" t="s">
         <v>17</v>
       </c>
       <c r="E177" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="F177" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="G177" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="H177" t="s">
         <v>21</v>
       </c>
       <c r="I177" s="1">
         <v>26149</v>
       </c>
       <c r="J177" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="K177"/>
+        <v>297</v>
+      </c>
       <c r="L177" t="s">
         <v>23</v>
       </c>
       <c r="M177" t="s">
         <v>42</v>
       </c>
       <c r="N177" t="s">
         <v>42</v>
       </c>
       <c r="O177" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="178">
+    <row r="178" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
         <v>15</v>
       </c>
       <c r="B178">
         <v>21906</v>
       </c>
       <c r="C178" t="s">
         <v>16</v>
       </c>
       <c r="D178" t="s">
         <v>17</v>
       </c>
       <c r="E178" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="F178" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="G178" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="H178" t="s">
         <v>21</v>
       </c>
       <c r="I178" s="1">
         <v>26149</v>
       </c>
       <c r="J178" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="K178"/>
+        <v>297</v>
+      </c>
       <c r="L178" t="s">
         <v>23</v>
       </c>
       <c r="M178" t="s">
         <v>42</v>
       </c>
       <c r="N178" t="s">
         <v>42</v>
       </c>
       <c r="O178" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="179">
+    <row r="179" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
         <v>15</v>
       </c>
       <c r="B179">
         <v>23222</v>
       </c>
       <c r="C179" t="s">
         <v>16</v>
       </c>
       <c r="D179" t="s">
         <v>17</v>
       </c>
       <c r="E179" t="s">
+        <v>147</v>
+      </c>
+      <c r="F179" t="s">
         <v>148</v>
       </c>
-      <c r="F179" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G179" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="H179" t="s">
         <v>21</v>
       </c>
       <c r="I179" s="1">
         <v>26149</v>
       </c>
       <c r="J179" t="s">
         <v>22</v>
       </c>
-      <c r="K179"/>
       <c r="L179" t="s">
         <v>23</v>
       </c>
       <c r="M179" t="s">
         <v>24</v>
       </c>
       <c r="N179" t="s">
         <v>24</v>
       </c>
       <c r="O179" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="180">
+    <row r="180" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
         <v>15</v>
       </c>
       <c r="B180">
         <v>23223</v>
       </c>
       <c r="C180" t="s">
         <v>32</v>
       </c>
       <c r="D180" t="s">
         <v>33</v>
       </c>
       <c r="E180" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="F180" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="G180" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="H180" t="s">
         <v>41</v>
       </c>
       <c r="I180" s="1">
         <v>30386</v>
       </c>
       <c r="J180" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="K180"/>
+        <v>487</v>
+      </c>
       <c r="L180" t="s">
         <v>23</v>
       </c>
       <c r="M180" t="s">
         <v>42</v>
       </c>
       <c r="N180" t="s">
         <v>42</v>
       </c>
       <c r="O180" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="181">
+    <row r="181" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
         <v>15</v>
       </c>
       <c r="B181">
         <v>23293</v>
       </c>
       <c r="C181" t="s">
+        <v>130</v>
+      </c>
+      <c r="D181" t="s">
         <v>131</v>
       </c>
-      <c r="D181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E181" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="F181" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="G181" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="H181" t="s">
         <v>41</v>
       </c>
       <c r="I181" s="1">
         <v>27439</v>
       </c>
       <c r="J181" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="K181">
         <v>2003</v>
       </c>
       <c r="L181" t="s">
         <v>23</v>
       </c>
       <c r="M181" t="s">
         <v>42</v>
       </c>
       <c r="N181" t="s">
         <v>42</v>
       </c>
       <c r="O181" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="182">
+    <row r="182" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
         <v>15</v>
       </c>
       <c r="B182">
         <v>23352</v>
       </c>
       <c r="C182" t="s">
         <v>16</v>
       </c>
       <c r="D182" t="s">
         <v>17</v>
       </c>
       <c r="E182" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="F182" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="G182" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="H182" t="s">
         <v>21</v>
       </c>
       <c r="I182" s="1">
         <v>26149</v>
       </c>
       <c r="J182" t="s">
         <v>22</v>
       </c>
-      <c r="K182"/>
       <c r="L182" t="s">
         <v>62</v>
       </c>
       <c r="M182" t="s">
         <v>24</v>
       </c>
       <c r="N182" t="s">
         <v>24</v>
       </c>
       <c r="O182" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="183">
+    <row r="183" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
         <v>15</v>
       </c>
       <c r="B183">
         <v>23514</v>
       </c>
       <c r="C183" t="s">
         <v>32</v>
       </c>
       <c r="D183" t="s">
         <v>33</v>
       </c>
       <c r="E183" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="F183" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="G183" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="H183" t="s">
         <v>21</v>
       </c>
       <c r="I183" s="1">
         <v>30631</v>
       </c>
       <c r="J183" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="K183"/>
+        <v>204</v>
+      </c>
       <c r="L183" t="s">
         <v>62</v>
       </c>
       <c r="M183" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="N183" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="O183" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="184">
+    <row r="184" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
         <v>15</v>
       </c>
       <c r="B184">
         <v>24049</v>
       </c>
       <c r="C184" t="s">
         <v>16</v>
       </c>
       <c r="D184" t="s">
         <v>17</v>
       </c>
       <c r="E184" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="F184" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="G184" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="H184" t="s">
         <v>41</v>
       </c>
       <c r="I184" s="1">
         <v>26149</v>
       </c>
       <c r="J184" t="s">
         <v>22</v>
       </c>
-      <c r="K184"/>
       <c r="L184" t="s">
         <v>23</v>
       </c>
       <c r="M184" t="s">
         <v>42</v>
       </c>
       <c r="N184" t="s">
         <v>42</v>
       </c>
       <c r="O184" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="185">
+    <row r="185" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
         <v>15</v>
       </c>
       <c r="B185">
         <v>24980</v>
       </c>
       <c r="C185" t="s">
         <v>16</v>
       </c>
       <c r="D185" t="s">
         <v>17</v>
       </c>
       <c r="E185" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="F185" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="G185" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="H185" t="s">
         <v>21</v>
       </c>
       <c r="I185" s="1">
         <v>26149</v>
       </c>
       <c r="J185" t="s">
         <v>22</v>
       </c>
-      <c r="K185"/>
       <c r="L185" t="s">
         <v>62</v>
       </c>
       <c r="M185" t="s">
         <v>24</v>
       </c>
       <c r="N185" t="s">
         <v>24</v>
       </c>
       <c r="O185" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="186">
+    <row r="186" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
         <v>15</v>
       </c>
       <c r="B186">
         <v>25028</v>
       </c>
       <c r="C186" t="s">
         <v>32</v>
       </c>
       <c r="D186" t="s">
         <v>33</v>
       </c>
       <c r="E186" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="F186" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="G186" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="H186" t="s">
         <v>21</v>
       </c>
       <c r="I186" s="1">
         <v>26149</v>
       </c>
       <c r="J186" t="s">
         <v>22</v>
       </c>
-      <c r="K186"/>
       <c r="L186" t="s">
         <v>62</v>
       </c>
       <c r="M186" t="s">
-        <v>37</v>
+        <v>502</v>
       </c>
       <c r="N186" t="s">
-        <v>37</v>
+        <v>150</v>
       </c>
       <c r="O186" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="187">
+    <row r="187" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
         <v>15</v>
       </c>
       <c r="B187">
         <v>25067</v>
       </c>
       <c r="C187" t="s">
         <v>16</v>
       </c>
       <c r="D187" t="s">
         <v>17</v>
       </c>
       <c r="E187" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F187" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="G187" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="H187" t="s">
         <v>41</v>
       </c>
       <c r="I187" s="1">
         <v>26149</v>
       </c>
       <c r="J187" t="s">
         <v>22</v>
       </c>
       <c r="K187">
         <v>2018</v>
       </c>
       <c r="L187" t="s">
         <v>23</v>
       </c>
       <c r="M187" t="s">
         <v>24</v>
       </c>
       <c r="N187" t="s">
         <v>24</v>
       </c>
       <c r="O187" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="188">
+    <row r="188" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
         <v>15</v>
       </c>
       <c r="B188">
         <v>25502</v>
       </c>
       <c r="C188" t="s">
+        <v>130</v>
+      </c>
+      <c r="D188" t="s">
         <v>131</v>
       </c>
-      <c r="D188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E188" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F188" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="G188" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="H188" t="s">
         <v>41</v>
       </c>
       <c r="I188" s="1">
         <v>26149</v>
       </c>
       <c r="J188" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="K188">
         <v>2016</v>
       </c>
       <c r="L188" t="s">
         <v>23</v>
       </c>
       <c r="M188" t="s">
         <v>42</v>
       </c>
       <c r="N188" t="s">
         <v>42</v>
       </c>
       <c r="O188" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="189">
+    <row r="189" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
         <v>15</v>
       </c>
       <c r="B189">
         <v>25897</v>
       </c>
       <c r="C189" t="s">
         <v>16</v>
       </c>
       <c r="D189" t="s">
         <v>17</v>
       </c>
       <c r="E189" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="F189" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="G189" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="H189" t="s">
         <v>41</v>
       </c>
       <c r="I189" s="1">
         <v>26149</v>
       </c>
       <c r="J189" t="s">
         <v>22</v>
       </c>
       <c r="K189">
         <v>2008</v>
       </c>
       <c r="L189" t="s">
         <v>23</v>
       </c>
       <c r="M189" t="s">
         <v>42</v>
       </c>
       <c r="N189" t="s">
         <v>42</v>
       </c>
       <c r="O189" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="190">
+    <row r="190" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
         <v>15</v>
       </c>
       <c r="B190">
         <v>25945</v>
       </c>
       <c r="C190" t="s">
         <v>32</v>
       </c>
       <c r="D190" t="s">
         <v>33</v>
       </c>
       <c r="E190" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="F190" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="G190" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="H190" t="s">
         <v>41</v>
       </c>
       <c r="I190" s="1">
         <v>26149</v>
       </c>
       <c r="J190" t="s">
         <v>22</v>
       </c>
       <c r="K190">
         <v>1983</v>
       </c>
       <c r="L190" t="s">
         <v>23</v>
       </c>
       <c r="M190" t="s">
         <v>42</v>
       </c>
       <c r="N190" t="s">
         <v>42</v>
       </c>
       <c r="O190" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="191">
+    <row r="191" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
         <v>15</v>
       </c>
       <c r="B191">
         <v>25962</v>
       </c>
       <c r="C191" t="s">
         <v>16</v>
       </c>
       <c r="D191" t="s">
         <v>17</v>
       </c>
       <c r="E191" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="F191" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="G191" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="H191" t="s">
         <v>21</v>
       </c>
       <c r="I191" s="1">
         <v>26149</v>
       </c>
       <c r="J191" t="s">
         <v>22</v>
       </c>
-      <c r="K191"/>
       <c r="L191" t="s">
         <v>62</v>
       </c>
       <c r="M191" t="s">
         <v>24</v>
       </c>
       <c r="N191" t="s">
         <v>24</v>
       </c>
       <c r="O191" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="192">
+    <row r="192" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
         <v>15</v>
       </c>
       <c r="B192">
         <v>27579</v>
       </c>
       <c r="C192" t="s">
+        <v>130</v>
+      </c>
+      <c r="D192" t="s">
         <v>131</v>
       </c>
-      <c r="D192" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E192" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="F192" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="G192" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="H192" t="s">
         <v>41</v>
       </c>
       <c r="I192" s="1">
         <v>26149</v>
       </c>
       <c r="J192" t="s">
         <v>22</v>
       </c>
       <c r="K192">
         <v>2001</v>
       </c>
       <c r="L192" t="s">
         <v>23</v>
       </c>
       <c r="M192" t="s">
         <v>42</v>
       </c>
       <c r="N192" t="s">
         <v>42</v>
       </c>
       <c r="O192" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="193">
+    <row r="193" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
         <v>15</v>
       </c>
       <c r="B193">
         <v>29136</v>
       </c>
       <c r="C193" t="s">
         <v>16</v>
       </c>
       <c r="D193" t="s">
         <v>17</v>
       </c>
       <c r="E193" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="F193" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="G193" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="H193" t="s">
         <v>21</v>
       </c>
       <c r="I193" s="1">
         <v>26149</v>
       </c>
       <c r="J193" t="s">
         <v>22</v>
       </c>
-      <c r="K193"/>
       <c r="L193" t="s">
         <v>23</v>
       </c>
       <c r="M193" t="s">
         <v>24</v>
       </c>
       <c r="N193" t="s">
         <v>24</v>
       </c>
       <c r="O193" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="194">
+    <row r="194" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
         <v>15</v>
       </c>
       <c r="B194">
         <v>29266</v>
       </c>
       <c r="C194" t="s">
         <v>16</v>
       </c>
       <c r="D194" t="s">
         <v>17</v>
       </c>
       <c r="E194" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="F194" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="G194" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="H194" t="s">
         <v>21</v>
       </c>
       <c r="I194" s="1">
         <v>33004</v>
       </c>
       <c r="J194" t="s">
         <v>54</v>
       </c>
-      <c r="K194"/>
       <c r="L194" t="s">
         <v>62</v>
       </c>
       <c r="M194" t="s">
         <v>24</v>
       </c>
       <c r="N194" t="s">
         <v>24</v>
       </c>
       <c r="O194" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="195">
+    <row r="195" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
         <v>15</v>
       </c>
       <c r="B195">
         <v>29287</v>
       </c>
       <c r="C195" t="s">
         <v>32</v>
       </c>
       <c r="D195" t="s">
         <v>33</v>
       </c>
       <c r="E195" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="F195" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="G195" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="H195" t="s">
         <v>21</v>
       </c>
       <c r="I195" s="1">
         <v>33004</v>
       </c>
       <c r="J195" t="s">
         <v>54</v>
       </c>
-      <c r="K195"/>
       <c r="L195" t="s">
         <v>62</v>
       </c>
       <c r="M195" t="s">
         <v>37</v>
       </c>
       <c r="N195" t="s">
         <v>37</v>
       </c>
       <c r="O195" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="196">
+    <row r="196" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
         <v>15</v>
       </c>
       <c r="B196">
         <v>29384</v>
       </c>
       <c r="C196" t="s">
         <v>16</v>
       </c>
       <c r="D196" t="s">
         <v>17</v>
       </c>
       <c r="E196" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="F196" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="G196" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="H196" t="s">
         <v>41</v>
       </c>
       <c r="I196" s="1">
         <v>30782</v>
       </c>
       <c r="J196" t="s">
         <v>54</v>
       </c>
       <c r="K196">
         <v>2023</v>
       </c>
       <c r="L196" t="s">
         <v>62</v>
       </c>
       <c r="M196" t="s">
         <v>24</v>
       </c>
       <c r="N196" t="s">
         <v>24</v>
       </c>
       <c r="O196" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="197">
+    <row r="197" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
         <v>15</v>
       </c>
       <c r="B197">
         <v>29430</v>
       </c>
       <c r="C197" t="s">
         <v>16</v>
       </c>
       <c r="D197" t="s">
         <v>17</v>
       </c>
       <c r="E197" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="F197" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="G197" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="H197" t="s">
         <v>21</v>
       </c>
       <c r="I197" s="1">
         <v>35286</v>
       </c>
       <c r="J197" t="s">
         <v>54</v>
       </c>
-      <c r="K197"/>
       <c r="L197" t="s">
         <v>23</v>
       </c>
       <c r="M197" t="s">
         <v>24</v>
       </c>
       <c r="N197" t="s">
         <v>24</v>
       </c>
       <c r="O197" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="198">
+    <row r="198" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
         <v>15</v>
       </c>
       <c r="B198">
         <v>29431</v>
       </c>
       <c r="C198" t="s">
         <v>16</v>
       </c>
       <c r="D198" t="s">
         <v>17</v>
       </c>
       <c r="E198" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="F198" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="G198" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="H198" t="s">
         <v>21</v>
       </c>
       <c r="I198" s="1">
         <v>26149</v>
       </c>
       <c r="J198" t="s">
         <v>22</v>
       </c>
-      <c r="K198"/>
       <c r="L198" t="s">
         <v>62</v>
       </c>
       <c r="M198" t="s">
         <v>24</v>
       </c>
       <c r="N198" t="s">
         <v>24</v>
       </c>
       <c r="O198" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="199">
+    <row r="199" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
         <v>15</v>
       </c>
       <c r="B199">
         <v>29450</v>
       </c>
       <c r="C199" t="s">
         <v>16</v>
       </c>
       <c r="D199" t="s">
         <v>17</v>
       </c>
       <c r="E199" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="F199" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="G199" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="H199" t="s">
         <v>21</v>
       </c>
       <c r="I199" s="1">
         <v>32668</v>
       </c>
       <c r="J199" t="s">
         <v>54</v>
       </c>
-      <c r="K199"/>
       <c r="L199" t="s">
         <v>62</v>
       </c>
       <c r="M199" t="s">
         <v>24</v>
       </c>
       <c r="N199" t="s">
         <v>24</v>
       </c>
       <c r="O199" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="200">
+    <row r="200" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
         <v>15</v>
       </c>
       <c r="B200">
         <v>29539</v>
       </c>
       <c r="C200" t="s">
         <v>16</v>
       </c>
       <c r="D200" t="s">
         <v>17</v>
       </c>
       <c r="E200" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="F200" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="G200" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="H200" t="s">
         <v>21</v>
       </c>
       <c r="I200" s="1">
         <v>26149</v>
       </c>
       <c r="J200" t="s">
         <v>22</v>
       </c>
-      <c r="K200"/>
       <c r="L200" t="s">
         <v>23</v>
       </c>
       <c r="M200" t="s">
         <v>24</v>
       </c>
       <c r="N200" t="s">
         <v>24</v>
       </c>
       <c r="O200" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="201">
+    <row r="201" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
         <v>15</v>
       </c>
       <c r="B201">
         <v>29575</v>
       </c>
       <c r="C201" t="s">
         <v>32</v>
       </c>
       <c r="D201" t="s">
         <v>33</v>
       </c>
       <c r="E201" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="F201" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="G201" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="H201" t="s">
         <v>21</v>
       </c>
       <c r="I201" s="1">
         <v>26149</v>
       </c>
       <c r="J201" t="s">
         <v>22</v>
       </c>
-      <c r="K201"/>
       <c r="L201" t="s">
         <v>62</v>
       </c>
       <c r="M201" t="s">
-        <v>540</v>
+        <v>502</v>
       </c>
       <c r="N201" t="s">
         <v>42</v>
       </c>
       <c r="O201" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="202">
+    <row r="202" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
         <v>15</v>
       </c>
       <c r="B202">
         <v>46243</v>
       </c>
       <c r="C202" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D202" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E202" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="F202" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="G202" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="H202" t="s">
         <v>21</v>
       </c>
       <c r="I202" s="1">
         <v>40512</v>
       </c>
       <c r="J202" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="K202"/>
+        <v>546</v>
+      </c>
       <c r="L202" t="s">
         <v>62</v>
       </c>
       <c r="M202" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N202" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O202" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="203">
+    <row r="203" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
         <v>15</v>
       </c>
       <c r="B203">
         <v>46244</v>
       </c>
       <c r="C203" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D203" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E203" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="F203" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="G203" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="H203" t="s">
         <v>21</v>
       </c>
       <c r="I203" s="1">
         <v>40512</v>
       </c>
       <c r="J203" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="K203"/>
+        <v>546</v>
+      </c>
       <c r="L203" t="s">
         <v>62</v>
       </c>
       <c r="M203" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N203" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O203" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="204">
+    <row r="204" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
         <v>15</v>
       </c>
       <c r="B204">
         <v>46245</v>
       </c>
       <c r="C204" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D204" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E204" t="s">
         <v>187</v>
       </c>
       <c r="F204" t="s">
         <v>188</v>
       </c>
       <c r="G204" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="H204" t="s">
         <v>21</v>
       </c>
       <c r="I204" s="1">
         <v>40512</v>
       </c>
       <c r="J204" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="K204"/>
+        <v>546</v>
+      </c>
       <c r="L204" t="s">
         <v>62</v>
       </c>
       <c r="M204" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N204" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O204" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="205">
+    <row r="205" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
         <v>15</v>
       </c>
       <c r="B205">
         <v>47131</v>
       </c>
       <c r="C205" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D205" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E205" t="s">
         <v>183</v>
       </c>
       <c r="F205" t="s">
         <v>184</v>
       </c>
       <c r="G205" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="H205" t="s">
         <v>21</v>
       </c>
       <c r="I205" s="1">
         <v>40526</v>
       </c>
       <c r="J205" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="K205"/>
+        <v>546</v>
+      </c>
       <c r="L205" t="s">
         <v>62</v>
       </c>
       <c r="M205" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N205" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O205" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="206">
+    <row r="206" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
         <v>15</v>
       </c>
       <c r="B206">
         <v>47846</v>
       </c>
       <c r="C206" t="s">
         <v>16</v>
       </c>
       <c r="D206" t="s">
         <v>17</v>
       </c>
       <c r="E206" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="F206" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="G206" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="H206" t="s">
         <v>21</v>
       </c>
       <c r="I206" s="1">
         <v>26149</v>
       </c>
       <c r="J206" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="K206"/>
+        <v>546</v>
+      </c>
       <c r="L206" t="s">
         <v>23</v>
       </c>
       <c r="M206" t="s">
         <v>42</v>
       </c>
       <c r="N206" t="s">
         <v>42</v>
       </c>
       <c r="O206" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="207">
+    <row r="207" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
         <v>15</v>
       </c>
       <c r="B207">
         <v>47855</v>
       </c>
       <c r="C207" t="s">
         <v>16</v>
       </c>
       <c r="D207" t="s">
         <v>17</v>
       </c>
       <c r="E207" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="F207" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="G207" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="H207" t="s">
         <v>41</v>
       </c>
       <c r="I207" s="1">
         <v>40526</v>
       </c>
       <c r="J207" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="K207"/>
+        <v>546</v>
+      </c>
       <c r="L207" t="s">
         <v>23</v>
       </c>
       <c r="M207" t="s">
         <v>42</v>
       </c>
       <c r="N207" t="s">
         <v>42</v>
       </c>
       <c r="O207" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="208">
+    <row r="208" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
         <v>15</v>
       </c>
       <c r="B208">
         <v>49618</v>
       </c>
       <c r="C208" t="s">
         <v>16</v>
       </c>
       <c r="D208" t="s">
         <v>17</v>
       </c>
       <c r="E208" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="F208" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="G208" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="H208" t="s">
         <v>41</v>
       </c>
       <c r="I208" s="1">
         <v>40526</v>
       </c>
       <c r="J208" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="K208">
         <v>2021</v>
       </c>
       <c r="L208" t="s">
         <v>23</v>
       </c>
       <c r="M208" t="s">
         <v>42</v>
       </c>
       <c r="N208" t="s">
         <v>42</v>
       </c>
       <c r="O208" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="209">
+    <row r="209" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
         <v>15</v>
       </c>
       <c r="B209">
         <v>50188</v>
       </c>
       <c r="C209" t="s">
         <v>16</v>
       </c>
       <c r="D209" t="s">
         <v>17</v>
       </c>
       <c r="E209" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="F209" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="G209" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="H209" t="s">
         <v>21</v>
       </c>
       <c r="I209" s="1">
         <v>26149</v>
       </c>
       <c r="J209" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="K209"/>
+        <v>546</v>
+      </c>
       <c r="L209" t="s">
         <v>62</v>
       </c>
       <c r="M209" t="s">
         <v>24</v>
       </c>
       <c r="N209" t="s">
         <v>24</v>
       </c>
       <c r="O209" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="210">
+    <row r="210" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
         <v>15</v>
       </c>
       <c r="B210">
         <v>50842</v>
       </c>
       <c r="C210" t="s">
         <v>16</v>
       </c>
       <c r="D210" t="s">
         <v>17</v>
       </c>
       <c r="E210" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="F210" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="G210" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="H210" t="s">
         <v>41</v>
       </c>
       <c r="I210" s="1">
         <v>40528</v>
       </c>
       <c r="J210" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="K210">
         <v>2021</v>
       </c>
       <c r="L210" t="s">
         <v>23</v>
       </c>
       <c r="M210" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="N210" t="s">
-        <v>540</v>
+        <v>502</v>
       </c>
       <c r="O210" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="211">
+    <row r="211" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
         <v>15</v>
       </c>
       <c r="B211">
         <v>50872</v>
       </c>
       <c r="C211" t="s">
         <v>16</v>
       </c>
       <c r="D211" t="s">
         <v>17</v>
       </c>
       <c r="E211" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="F211" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="G211" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="H211" t="s">
         <v>21</v>
       </c>
       <c r="I211" s="1">
         <v>40528</v>
       </c>
       <c r="J211" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="K211"/>
+        <v>546</v>
+      </c>
       <c r="L211" t="s">
         <v>23</v>
       </c>
       <c r="M211" t="s">
         <v>42</v>
       </c>
       <c r="N211" t="s">
         <v>42</v>
       </c>
       <c r="O211" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="212">
+    <row r="212" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
         <v>15</v>
       </c>
       <c r="B212">
         <v>50892</v>
       </c>
       <c r="C212" t="s">
         <v>16</v>
       </c>
       <c r="D212" t="s">
         <v>17</v>
       </c>
       <c r="E212" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="F212" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="G212" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="H212" t="s">
         <v>21</v>
       </c>
       <c r="I212" s="1">
         <v>40528</v>
       </c>
       <c r="J212" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="K212"/>
+        <v>546</v>
+      </c>
       <c r="L212" t="s">
         <v>23</v>
       </c>
       <c r="M212" t="s">
         <v>42</v>
       </c>
       <c r="N212" t="s">
         <v>42</v>
       </c>
       <c r="O212" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="213">
+    <row r="213" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
         <v>15</v>
       </c>
       <c r="B213">
         <v>53555</v>
       </c>
       <c r="C213" t="s">
         <v>32</v>
       </c>
       <c r="D213" t="s">
         <v>33</v>
       </c>
       <c r="E213" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="F213" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="G213" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="H213" t="s">
         <v>21</v>
       </c>
       <c r="I213" s="1">
         <v>40704</v>
       </c>
       <c r="J213" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="K213"/>
+        <v>576</v>
+      </c>
       <c r="L213" t="s">
         <v>23</v>
       </c>
       <c r="M213" t="s">
-        <v>575</v>
+        <v>453</v>
       </c>
       <c r="N213" t="s">
-        <v>575</v>
+        <v>453</v>
       </c>
       <c r="O213" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="214">
+    <row r="214" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
         <v>15</v>
       </c>
       <c r="B214">
         <v>54066</v>
       </c>
       <c r="C214" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D214" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E214" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="F214" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="G214" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H214" t="s">
         <v>21</v>
       </c>
       <c r="I214" s="1">
         <v>40249</v>
       </c>
       <c r="J214" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="K214"/>
+        <v>546</v>
+      </c>
       <c r="L214" t="s">
         <v>23</v>
       </c>
       <c r="M214" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="N214" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="O214" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="215">
+    <row r="215" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
         <v>15</v>
       </c>
       <c r="B215">
         <v>54070</v>
       </c>
       <c r="C215" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D215" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E215" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F215" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="G215" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H215" t="s">
         <v>21</v>
       </c>
       <c r="I215" s="1">
         <v>40249</v>
       </c>
       <c r="J215" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="K215"/>
+        <v>546</v>
+      </c>
       <c r="L215" t="s">
         <v>62</v>
       </c>
       <c r="M215" t="s">
-        <v>462</v>
+        <v>586</v>
       </c>
       <c r="N215" t="s">
-        <v>462</v>
+        <v>586</v>
       </c>
       <c r="O215" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="216">
+    <row r="216" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
         <v>15</v>
       </c>
       <c r="B216">
         <v>54072</v>
       </c>
       <c r="C216" t="s">
         <v>32</v>
       </c>
       <c r="D216" t="s">
         <v>33</v>
       </c>
       <c r="E216" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="F216" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="G216" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="H216" t="s">
         <v>21</v>
       </c>
       <c r="I216" s="1">
         <v>40767</v>
       </c>
       <c r="J216" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="K216"/>
+        <v>576</v>
+      </c>
       <c r="L216" t="s">
         <v>62</v>
       </c>
       <c r="M216" t="s">
         <v>83</v>
       </c>
       <c r="N216" t="s">
         <v>83</v>
       </c>
       <c r="O216" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="217">
+    <row r="217" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
         <v>15</v>
       </c>
       <c r="B217">
         <v>54092</v>
       </c>
       <c r="C217" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D217" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E217" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="F217" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="G217" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="H217" t="s">
         <v>41</v>
       </c>
       <c r="I217" s="1">
         <v>37257</v>
       </c>
       <c r="J217" t="s">
         <v>190</v>
       </c>
       <c r="K217">
         <v>2021</v>
       </c>
       <c r="L217" t="s">
         <v>23</v>
       </c>
       <c r="M217" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="N217" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O217" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="218">
+    <row r="218" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
         <v>15</v>
       </c>
       <c r="B218">
         <v>54093</v>
       </c>
       <c r="C218" t="s">
         <v>84</v>
       </c>
       <c r="D218" t="s">
         <v>85</v>
       </c>
       <c r="E218" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="F218" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="G218" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="H218" t="s">
         <v>21</v>
       </c>
       <c r="I218" s="1">
         <v>37257</v>
       </c>
       <c r="J218" t="s">
         <v>190</v>
       </c>
-      <c r="K218"/>
       <c r="L218" t="s">
         <v>62</v>
       </c>
       <c r="M218" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="N218" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="O218" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="219">
+    <row r="219" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
         <v>15</v>
       </c>
       <c r="B219">
         <v>54094</v>
       </c>
       <c r="C219" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D219" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E219" t="s">
         <v>94</v>
       </c>
       <c r="F219" t="s">
         <v>95</v>
       </c>
       <c r="G219" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="H219" t="s">
         <v>41</v>
       </c>
       <c r="I219" s="1">
         <v>37257</v>
       </c>
       <c r="J219" t="s">
         <v>190</v>
       </c>
       <c r="K219">
         <v>2023</v>
       </c>
       <c r="L219" t="s">
         <v>62</v>
       </c>
       <c r="M219" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N219" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O219" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="220">
+    <row r="220" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
         <v>15</v>
       </c>
       <c r="B220">
         <v>54095</v>
       </c>
       <c r="C220" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D220" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E220" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="F220" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="G220" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="H220" t="s">
         <v>21</v>
       </c>
       <c r="I220" s="1">
         <v>37257</v>
       </c>
       <c r="J220" t="s">
         <v>190</v>
       </c>
-      <c r="K220"/>
       <c r="L220" t="s">
         <v>62</v>
       </c>
       <c r="M220" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="N220" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="O220" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="221">
+    <row r="221" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
         <v>15</v>
       </c>
       <c r="B221">
         <v>54161</v>
       </c>
       <c r="C221" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D221" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E221" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="F221" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="G221" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="H221" t="s">
         <v>21</v>
       </c>
       <c r="I221" s="1">
         <v>39083</v>
       </c>
       <c r="J221" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="K221"/>
+        <v>601</v>
+      </c>
       <c r="L221" t="s">
         <v>23</v>
       </c>
       <c r="M221" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N221" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O221" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="222">
+    <row r="222" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
         <v>15</v>
       </c>
       <c r="B222">
         <v>54162</v>
       </c>
       <c r="C222" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D222" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E222" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F222" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="G222" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="H222" t="s">
         <v>21</v>
       </c>
       <c r="I222" s="1">
         <v>39083</v>
       </c>
       <c r="J222" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="K222"/>
+        <v>601</v>
+      </c>
       <c r="L222" t="s">
         <v>23</v>
       </c>
       <c r="M222" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="N222" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="O222" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="223">
+    <row r="223" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
         <v>15</v>
       </c>
       <c r="B223">
         <v>54163</v>
       </c>
       <c r="C223" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D223" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E223" t="s">
         <v>187</v>
       </c>
       <c r="F223" t="s">
         <v>188</v>
       </c>
       <c r="G223" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="H223" t="s">
         <v>21</v>
       </c>
       <c r="I223" s="1">
         <v>39083</v>
       </c>
       <c r="J223" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="K223"/>
+        <v>601</v>
+      </c>
       <c r="L223" t="s">
         <v>23</v>
       </c>
       <c r="M223" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N223" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O223" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="224">
+    <row r="224" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
         <v>15</v>
       </c>
       <c r="B224">
         <v>54164</v>
       </c>
       <c r="C224" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D224" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E224" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="F224" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="G224" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="H224" t="s">
         <v>21</v>
       </c>
       <c r="I224" s="1">
         <v>39083</v>
       </c>
       <c r="J224" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="K224"/>
+        <v>601</v>
+      </c>
       <c r="L224" t="s">
         <v>23</v>
       </c>
       <c r="M224" t="s">
         <v>42</v>
       </c>
       <c r="N224" t="s">
         <v>42</v>
       </c>
       <c r="O224" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="225">
+    <row r="225" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
         <v>15</v>
       </c>
       <c r="B225">
         <v>54165</v>
       </c>
       <c r="C225" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D225" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E225" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="F225" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="G225" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="H225" t="s">
         <v>21</v>
       </c>
       <c r="I225" s="1">
         <v>39083</v>
       </c>
       <c r="J225" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="K225"/>
+        <v>601</v>
+      </c>
       <c r="L225" t="s">
         <v>23</v>
       </c>
       <c r="M225" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N225" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O225" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="226">
+    <row r="226" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
         <v>15</v>
       </c>
       <c r="B226">
         <v>54166</v>
       </c>
       <c r="C226" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D226" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E226" t="s">
         <v>58</v>
       </c>
       <c r="F226" t="s">
         <v>59</v>
       </c>
       <c r="G226" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="H226" t="s">
         <v>21</v>
       </c>
       <c r="I226" s="1">
         <v>39083</v>
       </c>
       <c r="J226" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="K226"/>
+        <v>601</v>
+      </c>
       <c r="L226" t="s">
         <v>62</v>
       </c>
       <c r="M226" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="N226" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="O226" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="227">
+    <row r="227" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
         <v>15</v>
       </c>
       <c r="B227">
         <v>54167</v>
       </c>
       <c r="C227" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D227" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E227" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="F227" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="G227" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="H227" t="s">
         <v>21</v>
       </c>
       <c r="I227" s="1">
         <v>39083</v>
       </c>
       <c r="J227" t="s">
-        <v>599</v>
-[...1 lines deleted...]
-      <c r="K227"/>
+        <v>601</v>
+      </c>
       <c r="L227" t="s">
         <v>23</v>
       </c>
       <c r="M227" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N227" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O227" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="228">
+    <row r="228" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
         <v>15</v>
       </c>
       <c r="B228">
         <v>54170</v>
       </c>
       <c r="C228" t="s">
         <v>16</v>
       </c>
       <c r="D228" t="s">
         <v>17</v>
       </c>
       <c r="E228" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F228" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="G228" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="H228" t="s">
         <v>41</v>
       </c>
       <c r="I228" s="1">
         <v>40830</v>
       </c>
       <c r="J228" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="K228">
         <v>2025</v>
       </c>
       <c r="L228" t="s">
         <v>62</v>
       </c>
       <c r="M228" t="s">
         <v>24</v>
       </c>
       <c r="N228" t="s">
         <v>24</v>
       </c>
       <c r="O228" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="229">
+    <row r="229" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
         <v>15</v>
       </c>
       <c r="B229">
         <v>54203</v>
       </c>
       <c r="C229" t="s">
         <v>84</v>
       </c>
       <c r="D229" t="s">
         <v>85</v>
       </c>
       <c r="E229" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="F229" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="G229" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="H229" t="s">
         <v>21</v>
       </c>
       <c r="I229" s="1">
         <v>36892</v>
       </c>
       <c r="J229" t="s">
         <v>70</v>
       </c>
-      <c r="K229"/>
       <c r="L229" t="s">
         <v>23</v>
       </c>
       <c r="M229" t="s">
         <v>42</v>
       </c>
       <c r="N229" t="s">
         <v>42</v>
       </c>
       <c r="O229" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="230">
+    <row r="230" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
         <v>15</v>
       </c>
       <c r="B230">
         <v>54287</v>
       </c>
       <c r="C230" t="s">
         <v>32</v>
       </c>
       <c r="D230" t="s">
         <v>33</v>
       </c>
       <c r="E230" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F230" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="G230" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H230" t="s">
         <v>21</v>
       </c>
       <c r="I230" s="1">
         <v>40949</v>
       </c>
       <c r="J230" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="K230"/>
+        <v>576</v>
+      </c>
       <c r="L230" t="s">
         <v>62</v>
       </c>
       <c r="M230" t="s">
-        <v>540</v>
+        <v>502</v>
       </c>
       <c r="N230" t="s">
-        <v>540</v>
+        <v>502</v>
       </c>
       <c r="O230" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="231">
+    <row r="231" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
         <v>15</v>
       </c>
       <c r="B231">
         <v>54321</v>
       </c>
       <c r="C231" t="s">
         <v>16</v>
       </c>
       <c r="D231" t="s">
         <v>17</v>
       </c>
       <c r="E231" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="F231" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="G231" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="H231" t="s">
         <v>21</v>
       </c>
       <c r="I231" s="1">
         <v>40977</v>
       </c>
       <c r="J231" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="K231"/>
+        <v>576</v>
+      </c>
       <c r="L231" t="s">
         <v>23</v>
       </c>
       <c r="M231" t="s">
         <v>24</v>
       </c>
       <c r="N231" t="s">
         <v>24</v>
       </c>
       <c r="O231" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="232">
+    <row r="232" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
         <v>15</v>
       </c>
       <c r="B232">
         <v>54340</v>
       </c>
       <c r="C232" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D232" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E232" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="F232" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="G232" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="H232" t="s">
         <v>21</v>
       </c>
       <c r="I232" s="1">
         <v>41072</v>
       </c>
       <c r="J232" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="K232"/>
+        <v>576</v>
+      </c>
       <c r="L232" t="s">
         <v>23</v>
       </c>
       <c r="M232" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N232" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O232" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="233">
+    <row r="233" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
         <v>15</v>
       </c>
       <c r="B233">
         <v>54341</v>
       </c>
       <c r="C233" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D233" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E233" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F233" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="G233" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="H233" t="s">
         <v>41</v>
       </c>
       <c r="I233" s="1">
         <v>41072</v>
       </c>
       <c r="J233" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="K233">
         <v>2024</v>
       </c>
       <c r="L233" t="s">
         <v>23</v>
       </c>
       <c r="M233" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N233" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O233" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="234">
+    <row r="234" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
         <v>15</v>
       </c>
       <c r="B234">
         <v>54342</v>
       </c>
       <c r="C234" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D234" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E234" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="F234" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="G234" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H234" t="s">
         <v>21</v>
       </c>
       <c r="I234" s="1">
         <v>41072</v>
       </c>
       <c r="J234" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="K234"/>
+        <v>576</v>
+      </c>
       <c r="L234" t="s">
         <v>23</v>
       </c>
       <c r="M234" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="N234" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="O234" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="235">
+    <row r="235" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
         <v>15</v>
       </c>
       <c r="B235">
         <v>54343</v>
       </c>
       <c r="C235" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D235" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E235" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="F235" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="G235" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="H235" t="s">
         <v>41</v>
       </c>
       <c r="I235" s="1">
         <v>41072</v>
       </c>
       <c r="J235" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="K235">
         <v>2016</v>
       </c>
       <c r="L235" t="s">
         <v>23</v>
       </c>
       <c r="M235" t="s">
         <v>42</v>
       </c>
       <c r="N235" t="s">
         <v>42</v>
       </c>
       <c r="O235" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="236">
+    <row r="236" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
         <v>15</v>
       </c>
       <c r="B236">
         <v>54344</v>
       </c>
       <c r="C236" t="s">
         <v>84</v>
       </c>
       <c r="D236" t="s">
         <v>85</v>
       </c>
       <c r="E236" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="F236" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="G236" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="H236" t="s">
         <v>21</v>
       </c>
       <c r="I236" s="1">
         <v>41072</v>
       </c>
       <c r="J236" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="K236"/>
+        <v>576</v>
+      </c>
       <c r="L236" t="s">
         <v>62</v>
       </c>
       <c r="M236" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="N236" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="O236" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="237">
+    <row r="237" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
         <v>15</v>
       </c>
       <c r="B237">
         <v>54345</v>
       </c>
       <c r="C237" t="s">
         <v>16</v>
       </c>
       <c r="D237" t="s">
         <v>17</v>
       </c>
       <c r="E237" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="F237" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="G237" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="H237" t="s">
         <v>21</v>
       </c>
       <c r="I237" s="1">
         <v>41072</v>
       </c>
       <c r="J237" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="K237"/>
+        <v>576</v>
+      </c>
       <c r="L237" t="s">
         <v>23</v>
       </c>
       <c r="M237" t="s">
         <v>24</v>
       </c>
       <c r="N237" t="s">
         <v>24</v>
       </c>
       <c r="O237" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="238">
+    <row r="238" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
         <v>15</v>
       </c>
       <c r="B238">
         <v>54346</v>
       </c>
       <c r="C238" t="s">
         <v>16</v>
       </c>
       <c r="D238" t="s">
         <v>17</v>
       </c>
       <c r="E238" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="F238" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="G238" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="H238" t="s">
         <v>21</v>
       </c>
       <c r="I238" s="1">
         <v>41072</v>
       </c>
       <c r="J238" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="K238"/>
+        <v>576</v>
+      </c>
       <c r="L238" t="s">
         <v>62</v>
       </c>
       <c r="M238" t="s">
         <v>24</v>
       </c>
       <c r="N238" t="s">
         <v>24</v>
       </c>
       <c r="O238" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="239">
+    <row r="239" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
         <v>15</v>
       </c>
       <c r="B239">
         <v>54347</v>
       </c>
       <c r="C239" t="s">
         <v>32</v>
       </c>
       <c r="D239" t="s">
         <v>33</v>
       </c>
       <c r="E239" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F239" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="G239" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H239" t="s">
         <v>21</v>
       </c>
       <c r="I239" s="1">
         <v>41072</v>
       </c>
       <c r="J239" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="K239"/>
+        <v>576</v>
+      </c>
       <c r="L239" t="s">
         <v>62</v>
       </c>
       <c r="M239" t="s">
-        <v>540</v>
+        <v>502</v>
       </c>
       <c r="N239" t="s">
-        <v>540</v>
+        <v>502</v>
       </c>
       <c r="O239" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="240">
+    <row r="240" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
         <v>15</v>
       </c>
       <c r="B240">
         <v>54348</v>
       </c>
       <c r="C240" t="s">
         <v>32</v>
       </c>
       <c r="D240" t="s">
         <v>33</v>
       </c>
       <c r="E240" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="F240" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="G240" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="H240" t="s">
         <v>21</v>
       </c>
       <c r="I240" s="1">
         <v>41072</v>
       </c>
       <c r="J240" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="K240"/>
+        <v>576</v>
+      </c>
       <c r="L240" t="s">
         <v>23</v>
       </c>
       <c r="M240" t="s">
         <v>37</v>
       </c>
       <c r="N240" t="s">
         <v>37</v>
       </c>
       <c r="O240" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="241">
+    <row r="241" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
         <v>15</v>
       </c>
       <c r="B241">
         <v>54590</v>
       </c>
       <c r="C241" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D241" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E241" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="F241" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G241" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="H241" t="s">
         <v>21</v>
       </c>
       <c r="I241" s="1">
         <v>41201</v>
       </c>
       <c r="J241" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="K241"/>
+        <v>576</v>
+      </c>
       <c r="L241" t="s">
         <v>62</v>
       </c>
       <c r="M241" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="N241" t="s">
         <v>42</v>
       </c>
       <c r="O241" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="242">
+    <row r="242" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
         <v>15</v>
       </c>
       <c r="B242">
         <v>54648</v>
       </c>
       <c r="C242" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D242" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E242" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="F242" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="G242" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="H242" t="s">
         <v>21</v>
       </c>
       <c r="I242" s="1">
         <v>36526</v>
       </c>
       <c r="J242" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="K242"/>
+        <v>305</v>
+      </c>
       <c r="L242" t="s">
         <v>62</v>
       </c>
       <c r="M242" t="s">
-        <v>545</v>
+        <v>651</v>
       </c>
       <c r="N242" t="s">
-        <v>545</v>
+        <v>651</v>
       </c>
       <c r="O242" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="243">
+    <row r="243" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
         <v>15</v>
       </c>
       <c r="B243">
         <v>54700</v>
       </c>
       <c r="C243" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D243" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E243" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="F243" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="G243" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="H243" t="s">
         <v>21</v>
       </c>
       <c r="I243" s="1">
         <v>41655</v>
       </c>
       <c r="J243" t="s">
-        <v>651</v>
-[...1 lines deleted...]
-      <c r="K243"/>
+        <v>653</v>
+      </c>
       <c r="L243" t="s">
         <v>62</v>
       </c>
       <c r="M243" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N243" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O243" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="244">
+    <row r="244" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
         <v>15</v>
       </c>
       <c r="B244">
         <v>54784</v>
       </c>
       <c r="C244" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D244" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E244" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F244" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G244" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="H244" t="s">
         <v>21</v>
       </c>
       <c r="I244" s="1">
         <v>41275</v>
       </c>
       <c r="J244" t="s">
-        <v>653</v>
-[...1 lines deleted...]
-      <c r="K244"/>
+        <v>655</v>
+      </c>
       <c r="L244" t="s">
         <v>62</v>
       </c>
       <c r="M244" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N244" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O244" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="245">
+    <row r="245" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
         <v>15</v>
       </c>
       <c r="B245">
         <v>54795</v>
       </c>
       <c r="C245" t="s">
         <v>16</v>
       </c>
       <c r="D245" t="s">
         <v>17</v>
       </c>
       <c r="E245" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="F245" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="G245" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="H245" t="s">
         <v>41</v>
       </c>
       <c r="I245" s="1">
         <v>41275</v>
       </c>
       <c r="J245" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="K245">
         <v>2025</v>
       </c>
       <c r="L245" t="s">
         <v>62</v>
       </c>
       <c r="M245" t="s">
         <v>24</v>
       </c>
       <c r="N245" t="s">
         <v>24</v>
       </c>
       <c r="O245" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="246">
+    <row r="246" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
         <v>15</v>
       </c>
       <c r="B246">
         <v>54821</v>
       </c>
       <c r="C246" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D246" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E246" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="F246" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="G246" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="H246" t="s">
         <v>21</v>
       </c>
       <c r="I246" s="1">
         <v>41564</v>
       </c>
       <c r="J246" t="s">
-        <v>651</v>
-[...1 lines deleted...]
-      <c r="K246"/>
+        <v>653</v>
+      </c>
       <c r="L246" t="s">
         <v>62</v>
       </c>
       <c r="M246" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="N246" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="O246" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="247">
+    <row r="247" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
         <v>15</v>
       </c>
       <c r="B247">
         <v>54823</v>
       </c>
       <c r="C247" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D247" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E247" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="F247" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="G247" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="H247" t="s">
-        <v>661</v>
+        <v>155</v>
       </c>
       <c r="I247" s="1">
         <v>41984</v>
       </c>
       <c r="J247" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="K247"/>
+        <v>663</v>
+      </c>
       <c r="L247" t="s">
         <v>62</v>
       </c>
       <c r="M247" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="N247" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="O247" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="248">
+    <row r="248" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
         <v>15</v>
       </c>
       <c r="B248">
         <v>54824</v>
       </c>
       <c r="C248" t="s">
         <v>16</v>
       </c>
       <c r="D248" t="s">
         <v>17</v>
       </c>
       <c r="E248" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="F248" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="G248" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="H248" t="s">
-        <v>661</v>
+        <v>155</v>
       </c>
       <c r="I248" s="1">
         <v>41984</v>
       </c>
       <c r="J248" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="K248"/>
+        <v>663</v>
+      </c>
       <c r="L248" t="s">
         <v>23</v>
       </c>
       <c r="M248" t="s">
         <v>24</v>
       </c>
       <c r="N248" t="s">
         <v>24</v>
       </c>
       <c r="O248" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="249">
+    <row r="249" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
         <v>15</v>
       </c>
       <c r="B249">
         <v>54825</v>
       </c>
       <c r="C249" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D249" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E249" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="F249" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="G249" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="H249" t="s">
         <v>21</v>
       </c>
       <c r="I249" s="1">
         <v>41984</v>
       </c>
       <c r="J249" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="K249"/>
+        <v>663</v>
+      </c>
       <c r="L249" t="s">
         <v>62</v>
       </c>
       <c r="M249" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N249" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O249" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="250">
+    <row r="250" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
         <v>15</v>
       </c>
       <c r="B250">
         <v>54877</v>
       </c>
       <c r="C250" t="s">
         <v>32</v>
       </c>
       <c r="D250" t="s">
         <v>33</v>
       </c>
       <c r="E250" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="F250" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="G250" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="H250" t="s">
         <v>41</v>
       </c>
       <c r="I250" s="1">
         <v>42138</v>
       </c>
       <c r="J250" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="K250">
         <v>2025</v>
       </c>
       <c r="L250" t="s">
         <v>23</v>
       </c>
       <c r="M250" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="N250" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="O250" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="251">
+    <row r="251" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
         <v>15</v>
       </c>
       <c r="B251">
         <v>54886</v>
       </c>
       <c r="C251" t="s">
         <v>16</v>
       </c>
       <c r="D251" t="s">
         <v>17</v>
       </c>
       <c r="E251" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F251" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="G251" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H251" t="s">
-        <v>661</v>
+        <v>155</v>
       </c>
       <c r="I251" s="1">
         <v>42166</v>
       </c>
       <c r="J251" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="K251"/>
+        <v>663</v>
+      </c>
       <c r="L251" t="s">
         <v>23</v>
       </c>
       <c r="M251" t="s">
         <v>24</v>
       </c>
       <c r="N251" t="s">
         <v>24</v>
       </c>
       <c r="O251" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="252">
+    <row r="252" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
         <v>15</v>
       </c>
       <c r="B252">
         <v>57578</v>
       </c>
       <c r="C252" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D252" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E252" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="F252" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="G252" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="H252" t="s">
         <v>41</v>
       </c>
       <c r="I252" s="1">
         <v>42458</v>
       </c>
       <c r="J252" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="K252">
         <v>2023</v>
       </c>
       <c r="L252" t="s">
         <v>62</v>
       </c>
       <c r="M252" t="s">
         <v>42</v>
       </c>
       <c r="N252" t="s">
         <v>42</v>
       </c>
       <c r="O252" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="253">
+    <row r="253" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
         <v>15</v>
       </c>
       <c r="B253">
         <v>57711</v>
       </c>
       <c r="C253" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D253" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E253" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="F253" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="G253" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="H253" t="s">
         <v>21</v>
       </c>
       <c r="I253" s="1">
         <v>42513</v>
       </c>
       <c r="J253" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="K253"/>
+        <v>677</v>
+      </c>
       <c r="L253" t="s">
         <v>62</v>
       </c>
       <c r="M253" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="N253" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="O253" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="254">
+    <row r="254" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
         <v>15</v>
       </c>
       <c r="B254">
         <v>58080</v>
       </c>
       <c r="C254" t="s">
         <v>16</v>
       </c>
       <c r="D254" t="s">
         <v>17</v>
       </c>
       <c r="E254" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="F254" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="G254" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="H254" t="s">
         <v>41</v>
       </c>
       <c r="I254" s="1">
         <v>42605</v>
       </c>
       <c r="J254" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="K254">
         <v>2025</v>
       </c>
       <c r="L254" t="s">
         <v>23</v>
       </c>
       <c r="M254" t="s">
         <v>24</v>
       </c>
       <c r="N254" t="s">
         <v>24</v>
       </c>
       <c r="O254" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="255">
+    <row r="255" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
         <v>15</v>
       </c>
       <c r="B255">
         <v>58798</v>
       </c>
       <c r="C255" t="s">
         <v>16</v>
       </c>
       <c r="D255" t="s">
         <v>17</v>
       </c>
       <c r="E255" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="F255" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="G255" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="H255" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="I255" s="1">
         <v>42894</v>
       </c>
       <c r="J255" t="s">
-        <v>686</v>
-[...1 lines deleted...]
-      <c r="K255"/>
+        <v>687</v>
+      </c>
       <c r="L255" t="s">
         <v>23</v>
       </c>
       <c r="M255" t="s">
         <v>24</v>
       </c>
       <c r="N255" t="s">
         <v>24</v>
       </c>
       <c r="O255" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="256">
+    <row r="256" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
         <v>15</v>
       </c>
       <c r="B256">
         <v>58851</v>
       </c>
       <c r="C256" t="s">
         <v>16</v>
       </c>
       <c r="D256" t="s">
         <v>17</v>
       </c>
       <c r="E256" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="F256" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="G256" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="H256" t="s">
         <v>21</v>
       </c>
       <c r="I256" s="1">
         <v>42957</v>
       </c>
       <c r="J256" t="s">
-        <v>686</v>
-[...1 lines deleted...]
-      <c r="K256"/>
+        <v>687</v>
+      </c>
       <c r="L256" t="s">
         <v>62</v>
       </c>
       <c r="M256" t="s">
         <v>24</v>
       </c>
       <c r="N256" t="s">
         <v>24</v>
       </c>
       <c r="O256" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="257">
+    <row r="257" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
         <v>15</v>
       </c>
       <c r="B257">
         <v>58887</v>
       </c>
       <c r="C257" t="s">
         <v>16</v>
       </c>
       <c r="D257" t="s">
         <v>17</v>
       </c>
       <c r="E257" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="F257" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="G257" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="H257" t="s">
         <v>21</v>
       </c>
       <c r="I257" s="1">
         <v>42993</v>
       </c>
       <c r="J257" t="s">
-        <v>686</v>
-[...1 lines deleted...]
-      <c r="K257"/>
+        <v>687</v>
+      </c>
       <c r="L257" t="s">
         <v>62</v>
       </c>
       <c r="M257" t="s">
         <v>24</v>
       </c>
       <c r="N257" t="s">
         <v>24</v>
       </c>
       <c r="O257" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="258">
+    <row r="258" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
         <v>15</v>
       </c>
       <c r="B258">
         <v>60399</v>
       </c>
       <c r="C258" t="s">
         <v>16</v>
       </c>
       <c r="D258" t="s">
         <v>17</v>
       </c>
       <c r="E258" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="F258" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="G258" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="H258" t="s">
         <v>21</v>
       </c>
       <c r="I258" s="1">
         <v>26149</v>
       </c>
       <c r="J258" t="s">
         <v>54</v>
       </c>
-      <c r="K258"/>
       <c r="L258" t="s">
         <v>62</v>
       </c>
       <c r="M258" t="s">
         <v>24</v>
       </c>
       <c r="N258" t="s">
         <v>24</v>
       </c>
       <c r="O258" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="259">
+    <row r="259" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
         <v>15</v>
       </c>
       <c r="B259">
         <v>60489</v>
       </c>
       <c r="C259" t="s">
         <v>16</v>
       </c>
       <c r="D259" t="s">
         <v>17</v>
       </c>
       <c r="E259" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="F259" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="G259" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H259" t="s">
         <v>21</v>
       </c>
       <c r="I259" s="1">
         <v>43493</v>
       </c>
       <c r="J259" t="s">
-        <v>697</v>
-[...1 lines deleted...]
-      <c r="K259"/>
+        <v>698</v>
+      </c>
       <c r="L259" t="s">
         <v>23</v>
       </c>
       <c r="M259" t="s">
         <v>24</v>
       </c>
       <c r="N259" t="s">
         <v>24</v>
       </c>
       <c r="O259" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="260">
+    <row r="260" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
         <v>15</v>
       </c>
       <c r="B260">
         <v>60884</v>
       </c>
       <c r="C260" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D260" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="E260" t="s">
         <v>198</v>
       </c>
       <c r="F260" t="s">
         <v>199</v>
       </c>
       <c r="G260" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="H260" t="s">
         <v>21</v>
       </c>
       <c r="I260" s="1">
         <v>43977</v>
       </c>
       <c r="J260" t="s">
-        <v>701</v>
-[...1 lines deleted...]
-      <c r="K260"/>
+        <v>702</v>
+      </c>
       <c r="L260" t="s">
         <v>62</v>
       </c>
       <c r="M260" t="s">
-        <v>608</v>
+        <v>703</v>
       </c>
       <c r="N260" t="s">
-        <v>608</v>
+        <v>703</v>
       </c>
       <c r="O260" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="261">
+    <row r="261" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
         <v>15</v>
       </c>
       <c r="B261">
         <v>60938</v>
       </c>
       <c r="C261" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D261" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E261" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="F261" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="G261" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="H261" t="s">
         <v>21</v>
       </c>
       <c r="I261" s="1">
         <v>44067</v>
       </c>
       <c r="J261" t="s">
-        <v>701</v>
-[...1 lines deleted...]
-      <c r="K261"/>
+        <v>702</v>
+      </c>
       <c r="L261" t="s">
         <v>23</v>
       </c>
       <c r="M261" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N261" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O261" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="262">
+    <row r="262" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
         <v>15</v>
       </c>
       <c r="B262">
         <v>61165</v>
       </c>
       <c r="C262" t="s">
         <v>79</v>
       </c>
       <c r="D262" t="s">
         <v>80</v>
       </c>
       <c r="E262" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F262" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="G262" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="H262" t="s">
         <v>21</v>
       </c>
       <c r="I262" s="1">
         <v>44312</v>
       </c>
       <c r="J262" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="K262"/>
+        <v>708</v>
+      </c>
       <c r="L262" t="s">
         <v>23</v>
       </c>
       <c r="M262" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="N262" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="O262" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="263">
+    <row r="263" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
         <v>15</v>
       </c>
       <c r="B263">
         <v>61207</v>
       </c>
       <c r="C263" t="s">
         <v>16</v>
       </c>
       <c r="D263" t="s">
         <v>17</v>
       </c>
       <c r="E263" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="F263" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="G263" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="H263" t="s">
         <v>41</v>
       </c>
       <c r="I263" s="1">
         <v>44344</v>
       </c>
       <c r="J263" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="K263">
         <v>2025</v>
       </c>
       <c r="L263" t="s">
         <v>23</v>
       </c>
       <c r="M263" t="s">
         <v>24</v>
       </c>
       <c r="N263" t="s">
         <v>24</v>
       </c>
       <c r="O263" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="264">
+    <row r="264" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
         <v>15</v>
       </c>
       <c r="B264">
         <v>61208</v>
       </c>
       <c r="C264" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D264" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E264" t="s">
         <v>34</v>
       </c>
       <c r="F264" t="s">
         <v>35</v>
       </c>
       <c r="G264" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="H264" t="s">
         <v>21</v>
       </c>
       <c r="I264" s="1">
         <v>44344</v>
       </c>
       <c r="J264" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="K264"/>
+        <v>708</v>
+      </c>
       <c r="L264" t="s">
         <v>62</v>
       </c>
       <c r="M264" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="N264" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="O264" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="265">
+    <row r="265" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
         <v>15</v>
       </c>
       <c r="B265">
         <v>61209</v>
       </c>
       <c r="C265" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D265" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E265" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="F265" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="G265" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="H265" t="s">
         <v>21</v>
       </c>
       <c r="I265" s="1">
         <v>44344</v>
       </c>
       <c r="J265" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="K265"/>
+        <v>708</v>
+      </c>
       <c r="L265" t="s">
         <v>62</v>
       </c>
       <c r="M265" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="N265" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="O265" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="266">
+    <row r="266" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
         <v>15</v>
       </c>
       <c r="B266">
         <v>61210</v>
       </c>
       <c r="C266" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D266" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E266" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="F266" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="G266" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="H266" t="s">
         <v>21</v>
       </c>
       <c r="I266" s="1">
         <v>44344</v>
       </c>
       <c r="J266" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="K266"/>
+        <v>708</v>
+      </c>
       <c r="L266" t="s">
         <v>62</v>
       </c>
       <c r="M266" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="N266" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="O266" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="267">
+    <row r="267" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
         <v>15</v>
       </c>
       <c r="B267">
         <v>61211</v>
       </c>
       <c r="C267" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D267" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E267" t="s">
         <v>34</v>
       </c>
       <c r="F267" t="s">
         <v>35</v>
       </c>
       <c r="G267" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="H267" t="s">
         <v>21</v>
       </c>
       <c r="I267" s="1">
         <v>44344</v>
       </c>
       <c r="J267" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="K267"/>
+        <v>708</v>
+      </c>
       <c r="L267" t="s">
         <v>62</v>
       </c>
       <c r="M267" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="N267" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="O267" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="268">
+    <row r="268" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
         <v>15</v>
       </c>
       <c r="B268">
         <v>61212</v>
       </c>
       <c r="C268" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D268" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E268" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="F268" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="G268" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="H268" t="s">
         <v>21</v>
       </c>
       <c r="I268" s="1">
         <v>44344</v>
       </c>
       <c r="J268" t="s">
-        <v>706</v>
-[...1 lines deleted...]
-      <c r="K268"/>
+        <v>708</v>
+      </c>
       <c r="L268" t="s">
         <v>62</v>
       </c>
       <c r="M268" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N268" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O268" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="269">
+    <row r="269" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
         <v>15</v>
       </c>
       <c r="B269">
         <v>61390</v>
       </c>
       <c r="C269" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D269" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E269" t="s">
         <v>183</v>
       </c>
       <c r="F269" t="s">
         <v>184</v>
       </c>
       <c r="G269" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="H269" t="s">
         <v>21</v>
       </c>
       <c r="I269" s="1">
         <v>44705</v>
       </c>
       <c r="J269" t="s">
-        <v>721</v>
-[...1 lines deleted...]
-      <c r="K269"/>
+        <v>723</v>
+      </c>
       <c r="L269" t="s">
         <v>62</v>
       </c>
       <c r="M269" t="s">
-        <v>722</v>
+        <v>651</v>
       </c>
       <c r="N269" t="s">
-        <v>722</v>
+        <v>651</v>
       </c>
       <c r="O269" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="270">
+    <row r="270" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
         <v>15</v>
       </c>
       <c r="B270">
         <v>61391</v>
       </c>
       <c r="C270" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D270" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E270" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="F270" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="G270" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="H270" t="s">
         <v>21</v>
       </c>
       <c r="I270" s="1">
         <v>44705</v>
       </c>
       <c r="J270" t="s">
-        <v>721</v>
-[...1 lines deleted...]
-      <c r="K270"/>
+        <v>723</v>
+      </c>
       <c r="L270" t="s">
         <v>62</v>
       </c>
       <c r="M270" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N270" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O270" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="271">
+    <row r="271" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
         <v>15</v>
       </c>
       <c r="B271">
         <v>61470</v>
       </c>
       <c r="C271" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D271" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E271" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="F271" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="G271" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="H271" t="s">
         <v>21</v>
       </c>
       <c r="I271" s="1">
         <v>44795</v>
       </c>
       <c r="J271" t="s">
-        <v>721</v>
-[...1 lines deleted...]
-      <c r="K271"/>
+        <v>723</v>
+      </c>
       <c r="L271" t="s">
         <v>62</v>
       </c>
       <c r="M271" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="N271" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="O271" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="272">
+    <row r="272" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
         <v>15</v>
       </c>
       <c r="B272">
         <v>61575</v>
       </c>
       <c r="C272" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D272" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E272" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F272" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="G272" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="H272" t="s">
         <v>21</v>
       </c>
       <c r="I272" s="1">
         <v>44894</v>
       </c>
       <c r="J272" t="s">
-        <v>721</v>
-[...1 lines deleted...]
-      <c r="K272"/>
+        <v>723</v>
+      </c>
       <c r="L272" t="s">
         <v>23</v>
       </c>
       <c r="M272" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="N272" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="O272" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="273">
+    <row r="273" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
         <v>15</v>
       </c>
       <c r="B273">
         <v>61617</v>
       </c>
       <c r="C273" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D273" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E273" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="F273" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="G273" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="H273" t="s">
         <v>21</v>
       </c>
       <c r="I273" s="1">
         <v>44978</v>
       </c>
       <c r="J273" t="s">
-        <v>733</v>
-[...1 lines deleted...]
-      <c r="K273"/>
+        <v>734</v>
+      </c>
       <c r="L273" t="s">
         <v>62</v>
       </c>
       <c r="M273" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N273" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O273" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="274">
+    <row r="274" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
         <v>15</v>
       </c>
       <c r="B274">
         <v>61618</v>
       </c>
       <c r="C274" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D274" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E274" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="F274" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="G274" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="H274" t="s">
         <v>21</v>
       </c>
       <c r="I274" s="1">
         <v>44978</v>
       </c>
       <c r="J274" t="s">
-        <v>733</v>
-[...1 lines deleted...]
-      <c r="K274"/>
+        <v>734</v>
+      </c>
       <c r="L274" t="s">
         <v>62</v>
       </c>
       <c r="M274" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N274" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O274" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="275">
+    <row r="275" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
         <v>15</v>
       </c>
       <c r="B275">
         <v>61652</v>
       </c>
       <c r="C275" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D275" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E275" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F275" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="G275" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="H275" t="s">
         <v>21</v>
       </c>
       <c r="I275" s="1">
         <v>45105</v>
       </c>
       <c r="J275" t="s">
-        <v>733</v>
-[...1 lines deleted...]
-      <c r="K275"/>
+        <v>734</v>
+      </c>
       <c r="L275" t="s">
         <v>62</v>
       </c>
       <c r="M275" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="N275" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="O275" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="276">
+    <row r="276" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
         <v>15</v>
       </c>
       <c r="B276">
         <v>61676</v>
       </c>
       <c r="C276" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D276" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="E276" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="F276" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="G276" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="H276" t="s">
         <v>21</v>
       </c>
       <c r="I276" s="1">
         <v>45167</v>
       </c>
       <c r="J276" t="s">
-        <v>733</v>
-[...1 lines deleted...]
-      <c r="K276"/>
+        <v>734</v>
+      </c>
       <c r="L276" t="s">
         <v>62</v>
       </c>
       <c r="M276" t="s">
-        <v>540</v>
+        <v>502</v>
       </c>
       <c r="N276" t="s">
-        <v>540</v>
+        <v>502</v>
       </c>
       <c r="O276" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="277">
+    <row r="277" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
         <v>15</v>
       </c>
       <c r="B277">
         <v>61813</v>
       </c>
       <c r="C277" t="s">
         <v>16</v>
       </c>
       <c r="D277" t="s">
         <v>17</v>
       </c>
       <c r="E277" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="F277" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="G277" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="H277" t="s">
         <v>21</v>
       </c>
       <c r="I277" s="1">
         <v>44993</v>
       </c>
       <c r="J277" t="s">
-        <v>733</v>
-[...1 lines deleted...]
-      <c r="K277"/>
+        <v>734</v>
+      </c>
       <c r="L277" t="s">
         <v>23</v>
       </c>
       <c r="M277" t="s">
         <v>24</v>
       </c>
       <c r="N277" t="s">
         <v>24</v>
       </c>
       <c r="O277" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="278">
+    <row r="278" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
         <v>15</v>
       </c>
       <c r="B278">
         <v>61818</v>
       </c>
       <c r="C278" t="s">
         <v>16</v>
       </c>
       <c r="D278" t="s">
         <v>17</v>
       </c>
       <c r="E278" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="F278" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="G278" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="H278" t="s">
         <v>21</v>
       </c>
       <c r="I278" s="1">
         <v>45315</v>
       </c>
       <c r="J278" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K278"/>
+        <v>748</v>
+      </c>
       <c r="L278" t="s">
         <v>23</v>
       </c>
       <c r="M278" t="s">
         <v>24</v>
       </c>
       <c r="N278" t="s">
         <v>24</v>
       </c>
       <c r="O278" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="279">
+    <row r="279" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
         <v>15</v>
       </c>
       <c r="B279">
         <v>61819</v>
       </c>
       <c r="C279" t="s">
         <v>16</v>
       </c>
       <c r="D279" t="s">
         <v>17</v>
       </c>
       <c r="E279" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="F279" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="G279" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="H279" t="s">
         <v>21</v>
       </c>
       <c r="I279" s="1">
         <v>45315</v>
       </c>
       <c r="J279" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K279"/>
+        <v>748</v>
+      </c>
       <c r="L279" t="s">
         <v>23</v>
       </c>
       <c r="M279" t="s">
         <v>24</v>
       </c>
       <c r="N279" t="s">
         <v>24</v>
       </c>
       <c r="O279" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="280">
+    <row r="280" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
         <v>15</v>
       </c>
       <c r="B280">
         <v>61820</v>
       </c>
       <c r="C280" t="s">
         <v>16</v>
       </c>
       <c r="D280" t="s">
         <v>17</v>
       </c>
       <c r="E280" t="s">
         <v>38</v>
       </c>
       <c r="F280" t="s">
         <v>39</v>
       </c>
       <c r="G280" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="H280" t="s">
         <v>21</v>
       </c>
       <c r="I280" s="1">
         <v>45315</v>
       </c>
       <c r="J280" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K280"/>
+        <v>748</v>
+      </c>
       <c r="L280" t="s">
         <v>23</v>
       </c>
       <c r="M280" t="s">
         <v>24</v>
       </c>
       <c r="N280" t="s">
         <v>24</v>
       </c>
       <c r="O280" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="281">
+    <row r="281" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
         <v>15</v>
       </c>
       <c r="B281">
         <v>61853</v>
       </c>
       <c r="C281" t="s">
         <v>84</v>
       </c>
       <c r="D281" t="s">
         <v>85</v>
       </c>
       <c r="E281" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="F281" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="G281" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="H281" t="s">
         <v>21</v>
       </c>
       <c r="I281" s="1">
         <v>45390</v>
       </c>
       <c r="J281" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K281"/>
+        <v>748</v>
+      </c>
       <c r="L281" t="s">
         <v>62</v>
       </c>
       <c r="M281" t="s">
-        <v>753</v>
+        <v>566</v>
       </c>
       <c r="N281" t="s">
-        <v>753</v>
+        <v>566</v>
       </c>
       <c r="O281" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="282">
+    <row r="282" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
         <v>15</v>
       </c>
       <c r="B282">
         <v>61854</v>
       </c>
       <c r="C282" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D282" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E282" t="s">
         <v>754</v>
       </c>
       <c r="F282" t="s">
         <v>755</v>
       </c>
       <c r="G282" t="s">
         <v>756</v>
       </c>
       <c r="H282" t="s">
         <v>21</v>
       </c>
       <c r="I282" s="1">
         <v>45079</v>
       </c>
       <c r="J282" t="s">
-        <v>733</v>
-[...1 lines deleted...]
-      <c r="K282"/>
+        <v>734</v>
+      </c>
       <c r="L282" t="s">
         <v>62</v>
       </c>
       <c r="M282" t="s">
-        <v>722</v>
+        <v>651</v>
       </c>
       <c r="N282" t="s">
-        <v>722</v>
+        <v>651</v>
       </c>
       <c r="O282" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="283">
+    <row r="283" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
         <v>15</v>
       </c>
       <c r="B283">
         <v>61855</v>
       </c>
       <c r="C283" t="s">
         <v>16</v>
       </c>
       <c r="D283" t="s">
         <v>17</v>
       </c>
       <c r="E283" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="F283" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="G283" t="s">
         <v>757</v>
       </c>
       <c r="H283" t="s">
         <v>21</v>
       </c>
       <c r="I283" s="1">
         <v>44615</v>
       </c>
       <c r="J283" t="s">
-        <v>721</v>
-[...1 lines deleted...]
-      <c r="K283"/>
+        <v>723</v>
+      </c>
       <c r="L283" t="s">
         <v>23</v>
       </c>
       <c r="M283" t="s">
         <v>24</v>
       </c>
       <c r="N283" t="s">
         <v>24</v>
       </c>
       <c r="O283" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="284">
+    <row r="284" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
         <v>15</v>
       </c>
       <c r="B284">
         <v>61876</v>
       </c>
       <c r="C284" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D284" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E284" t="s">
+        <v>132</v>
+      </c>
+      <c r="F284" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G284" t="s">
         <v>758</v>
       </c>
       <c r="H284" t="s">
         <v>21</v>
       </c>
       <c r="I284" s="1">
         <v>45449</v>
       </c>
       <c r="J284" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K284"/>
+        <v>748</v>
+      </c>
       <c r="L284" t="s">
         <v>62</v>
       </c>
       <c r="M284" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N284" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="O284" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="285">
+    <row r="285" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
         <v>15</v>
       </c>
       <c r="B285">
         <v>61877</v>
       </c>
       <c r="C285" t="s">
         <v>16</v>
       </c>
       <c r="D285" t="s">
         <v>17</v>
       </c>
       <c r="E285" t="s">
         <v>759</v>
       </c>
       <c r="F285" t="s">
         <v>760</v>
       </c>
       <c r="G285" t="s">
         <v>761</v>
       </c>
       <c r="H285" t="s">
         <v>21</v>
       </c>
       <c r="I285" s="1">
         <v>45449</v>
       </c>
       <c r="J285" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K285"/>
+        <v>748</v>
+      </c>
       <c r="L285" t="s">
         <v>23</v>
       </c>
       <c r="M285" t="s">
         <v>24</v>
       </c>
       <c r="N285" t="s">
         <v>24</v>
       </c>
       <c r="O285" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="286">
+    <row r="286" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
         <v>15</v>
       </c>
       <c r="B286">
         <v>61878</v>
       </c>
       <c r="C286" t="s">
         <v>16</v>
       </c>
       <c r="D286" t="s">
         <v>17</v>
       </c>
       <c r="E286" t="s">
         <v>762</v>
       </c>
       <c r="F286" t="s">
         <v>763</v>
       </c>
       <c r="G286" t="s">
         <v>764</v>
       </c>
       <c r="H286" t="s">
         <v>21</v>
       </c>
       <c r="I286" s="1">
         <v>45449</v>
       </c>
       <c r="J286" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K286"/>
+        <v>748</v>
+      </c>
       <c r="L286" t="s">
         <v>23</v>
       </c>
       <c r="M286" t="s">
         <v>24</v>
       </c>
       <c r="N286" t="s">
         <v>24</v>
       </c>
       <c r="O286" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="287">
+    <row r="287" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
         <v>15</v>
       </c>
       <c r="B287">
         <v>61879</v>
       </c>
       <c r="C287" t="s">
         <v>16</v>
       </c>
       <c r="D287" t="s">
         <v>17</v>
       </c>
       <c r="E287" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F287" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="G287" t="s">
         <v>765</v>
       </c>
       <c r="H287" t="s">
         <v>21</v>
       </c>
       <c r="I287" s="1">
         <v>45449</v>
       </c>
       <c r="J287" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K287"/>
+        <v>748</v>
+      </c>
       <c r="L287" t="s">
         <v>23</v>
       </c>
       <c r="M287" t="s">
         <v>24</v>
       </c>
       <c r="N287" t="s">
         <v>24</v>
       </c>
       <c r="O287" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="288">
+    <row r="288" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
         <v>15</v>
       </c>
       <c r="B288">
         <v>61880</v>
       </c>
       <c r="C288" t="s">
         <v>16</v>
       </c>
       <c r="D288" t="s">
         <v>17</v>
       </c>
       <c r="E288" t="s">
         <v>766</v>
       </c>
       <c r="F288" t="s">
         <v>767</v>
       </c>
       <c r="G288" t="s">
         <v>768</v>
       </c>
       <c r="H288" t="s">
         <v>21</v>
       </c>
       <c r="I288" s="1">
         <v>45449</v>
       </c>
       <c r="J288" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K288"/>
+        <v>748</v>
+      </c>
       <c r="L288" t="s">
         <v>23</v>
       </c>
       <c r="M288" t="s">
         <v>24</v>
       </c>
       <c r="N288" t="s">
         <v>42</v>
       </c>
       <c r="O288" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="289">
+    <row r="289" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
         <v>15</v>
       </c>
       <c r="B289">
         <v>62017</v>
       </c>
       <c r="C289" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D289" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E289" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="F289" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="G289" t="s">
         <v>769</v>
       </c>
       <c r="H289" t="s">
         <v>21</v>
       </c>
       <c r="I289" s="1">
         <v>45532</v>
       </c>
       <c r="J289" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K289"/>
+        <v>748</v>
+      </c>
       <c r="L289" t="s">
         <v>62</v>
       </c>
       <c r="M289" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N289" t="s">
         <v>42</v>
       </c>
       <c r="O289" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="290">
+    <row r="290" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
         <v>15</v>
       </c>
       <c r="B290">
         <v>62018</v>
       </c>
       <c r="C290" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D290" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E290" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="F290" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="G290" t="s">
         <v>770</v>
       </c>
       <c r="H290" t="s">
         <v>21</v>
       </c>
       <c r="I290" s="1">
         <v>45532</v>
       </c>
       <c r="J290" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K290"/>
+        <v>748</v>
+      </c>
       <c r="L290" t="s">
         <v>62</v>
       </c>
       <c r="M290" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N290" t="s">
         <v>42</v>
       </c>
       <c r="O290" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="291">
+    <row r="291" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
         <v>15</v>
       </c>
       <c r="B291">
         <v>62019</v>
       </c>
       <c r="C291" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D291" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E291" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="F291" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="G291" t="s">
         <v>771</v>
       </c>
       <c r="H291" t="s">
         <v>21</v>
       </c>
       <c r="I291" s="1">
         <v>45532</v>
       </c>
       <c r="J291" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K291"/>
+        <v>748</v>
+      </c>
       <c r="L291" t="s">
         <v>62</v>
       </c>
       <c r="M291" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N291" t="s">
         <v>42</v>
       </c>
       <c r="O291" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="292">
+    <row r="292" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
         <v>15</v>
       </c>
       <c r="B292">
         <v>62032</v>
       </c>
       <c r="C292" t="s">
         <v>16</v>
       </c>
       <c r="D292" t="s">
         <v>17</v>
       </c>
       <c r="E292" t="s">
         <v>772</v>
       </c>
       <c r="F292" t="s">
         <v>773</v>
       </c>
       <c r="G292" t="s">
         <v>774</v>
       </c>
       <c r="H292" t="s">
         <v>21</v>
       </c>
       <c r="I292" s="1">
         <v>45532</v>
       </c>
       <c r="J292" t="s">
         <v>54</v>
       </c>
-      <c r="K292"/>
       <c r="L292" t="s">
         <v>23</v>
       </c>
       <c r="M292" t="s">
         <v>24</v>
       </c>
       <c r="N292" t="s">
         <v>42</v>
       </c>
       <c r="O292" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="293">
+    <row r="293" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
         <v>15</v>
       </c>
       <c r="B293">
         <v>62033</v>
       </c>
       <c r="C293" t="s">
         <v>16</v>
       </c>
       <c r="D293" t="s">
         <v>17</v>
       </c>
       <c r="E293" t="s">
         <v>772</v>
       </c>
       <c r="F293" t="s">
         <v>773</v>
       </c>
       <c r="G293" t="s">
         <v>775</v>
       </c>
       <c r="H293" t="s">
         <v>21</v>
       </c>
       <c r="I293" s="1">
         <v>45532</v>
       </c>
       <c r="J293" t="s">
         <v>54</v>
       </c>
-      <c r="K293"/>
       <c r="L293" t="s">
         <v>23</v>
       </c>
       <c r="M293" t="s">
         <v>24</v>
       </c>
       <c r="N293" t="s">
         <v>42</v>
       </c>
       <c r="O293" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="294">
+    <row r="294" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
         <v>15</v>
       </c>
       <c r="B294">
         <v>62059</v>
       </c>
       <c r="C294" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D294" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E294" t="s">
         <v>776</v>
       </c>
       <c r="F294" t="s">
         <v>777</v>
       </c>
       <c r="G294" t="s">
         <v>778</v>
       </c>
       <c r="H294" t="s">
         <v>21</v>
       </c>
       <c r="I294" s="1">
         <v>45573</v>
       </c>
       <c r="J294" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K294"/>
+        <v>748</v>
+      </c>
       <c r="L294" t="s">
         <v>23</v>
       </c>
       <c r="M294" t="s">
         <v>779</v>
       </c>
       <c r="N294" t="s">
         <v>42</v>
       </c>
       <c r="O294" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="295">
+    <row r="295" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
         <v>15</v>
       </c>
       <c r="B295">
         <v>62060</v>
       </c>
       <c r="C295" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D295" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E295" t="s">
         <v>780</v>
       </c>
       <c r="F295" t="s">
         <v>781</v>
       </c>
       <c r="G295" t="s">
         <v>782</v>
       </c>
       <c r="H295" t="s">
         <v>21</v>
       </c>
       <c r="I295" s="1">
         <v>45573</v>
       </c>
       <c r="J295" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="K295"/>
+        <v>748</v>
+      </c>
       <c r="L295" t="s">
         <v>783</v>
       </c>
       <c r="M295" t="s">
-        <v>722</v>
+        <v>651</v>
       </c>
       <c r="N295" t="s">
         <v>42</v>
       </c>
       <c r="O295" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="296">
+    <row r="296" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
         <v>15</v>
       </c>
       <c r="B296">
         <v>62256</v>
       </c>
       <c r="C296" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D296" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E296" t="s">
         <v>784</v>
       </c>
       <c r="F296" t="s">
         <v>785</v>
       </c>
       <c r="G296" t="s">
         <v>786</v>
       </c>
       <c r="H296" t="s">
         <v>21</v>
       </c>
       <c r="I296" s="1">
         <v>45719</v>
       </c>
       <c r="J296" t="s">
         <v>787</v>
       </c>
-      <c r="K296"/>
       <c r="L296" t="s">
         <v>783</v>
       </c>
       <c r="M296" t="s">
-        <v>727</v>
+        <v>603</v>
       </c>
       <c r="N296" t="s">
-        <v>42</v>
+        <v>603</v>
       </c>
       <c r="O296" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="297">
+    <row r="297" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
         <v>15</v>
       </c>
       <c r="B297">
         <v>62257</v>
       </c>
       <c r="C297" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D297" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E297" t="s">
         <v>98</v>
       </c>
       <c r="F297" t="s">
         <v>99</v>
       </c>
       <c r="G297" t="s">
         <v>788</v>
       </c>
       <c r="H297" t="s">
         <v>21</v>
       </c>
       <c r="I297" s="1">
         <v>45719</v>
       </c>
       <c r="J297" t="s">
         <v>787</v>
       </c>
-      <c r="K297"/>
       <c r="L297" t="s">
         <v>783</v>
       </c>
       <c r="M297" t="s">
         <v>789</v>
       </c>
       <c r="N297" t="s">
         <v>42</v>
       </c>
       <c r="O297" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="298">
+    <row r="298" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
         <v>15</v>
       </c>
       <c r="B298">
         <v>62258</v>
       </c>
       <c r="C298" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D298" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E298" t="s">
+        <v>123</v>
+      </c>
+      <c r="F298" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G298" t="s">
         <v>790</v>
       </c>
       <c r="H298" t="s">
         <v>21</v>
       </c>
       <c r="I298" s="1">
         <v>45719</v>
       </c>
       <c r="J298" t="s">
         <v>787</v>
       </c>
-      <c r="K298"/>
       <c r="L298" t="s">
         <v>783</v>
       </c>
       <c r="M298" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="N298" t="s">
         <v>42</v>
       </c>
       <c r="O298" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="299">
+    <row r="299" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
         <v>15</v>
       </c>
       <c r="B299">
         <v>62259</v>
       </c>
       <c r="C299" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D299" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E299" t="s">
+        <v>112</v>
+      </c>
+      <c r="F299" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G299" t="s">
         <v>791</v>
       </c>
       <c r="H299" t="s">
         <v>21</v>
       </c>
       <c r="I299" s="1">
         <v>45719</v>
       </c>
       <c r="J299" t="s">
         <v>787</v>
       </c>
-      <c r="K299"/>
       <c r="L299" t="s">
         <v>783</v>
       </c>
       <c r="M299" t="s">
         <v>789</v>
       </c>
       <c r="N299" t="s">
         <v>42</v>
       </c>
       <c r="O299" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="300">
+    <row r="300" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
         <v>15</v>
       </c>
       <c r="B300">
         <v>62260</v>
       </c>
       <c r="C300" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D300" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E300" t="s">
         <v>792</v>
       </c>
       <c r="F300" t="s">
         <v>793</v>
       </c>
       <c r="G300" t="s">
         <v>794</v>
       </c>
       <c r="H300" t="s">
         <v>21</v>
       </c>
       <c r="I300" s="1">
         <v>45719</v>
       </c>
       <c r="J300" t="s">
         <v>787</v>
       </c>
-      <c r="K300"/>
       <c r="L300" t="s">
         <v>783</v>
       </c>
       <c r="M300" t="s">
         <v>795</v>
       </c>
       <c r="N300" t="s">
         <v>42</v>
       </c>
       <c r="O300" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="301">
+    <row r="301" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
         <v>15</v>
       </c>
       <c r="B301">
         <v>62266</v>
       </c>
       <c r="C301" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D301" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E301" t="s">
         <v>98</v>
       </c>
       <c r="F301" t="s">
         <v>99</v>
       </c>
       <c r="G301" t="s">
         <v>796</v>
       </c>
       <c r="H301" t="s">
         <v>21</v>
       </c>
       <c r="I301" s="1">
         <v>45719</v>
       </c>
       <c r="J301" t="s">
         <v>787</v>
       </c>
-      <c r="K301"/>
       <c r="L301" t="s">
         <v>62</v>
       </c>
       <c r="M301" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="N301" t="s">
         <v>42</v>
       </c>
       <c r="O301" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="302">
+    <row r="302" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
         <v>15</v>
       </c>
       <c r="B302">
         <v>62304</v>
       </c>
       <c r="C302" t="s">
         <v>16</v>
       </c>
       <c r="D302" t="s">
         <v>17</v>
       </c>
       <c r="E302" t="s">
         <v>797</v>
       </c>
       <c r="F302" t="s">
         <v>798</v>
       </c>
       <c r="G302" t="s">
         <v>799</v>
       </c>
       <c r="H302" t="s">
         <v>21</v>
       </c>
       <c r="I302" s="1">
         <v>45797</v>
       </c>
       <c r="J302" t="s">
         <v>787</v>
       </c>
-      <c r="K302"/>
       <c r="L302" t="s">
         <v>23</v>
       </c>
       <c r="M302" t="s">
         <v>24</v>
       </c>
       <c r="N302" t="s">
         <v>42</v>
       </c>
       <c r="O302" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="303">
+    <row r="303" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
         <v>15</v>
       </c>
       <c r="B303">
         <v>62326</v>
       </c>
       <c r="C303" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D303" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="E303" t="s">
+        <v>132</v>
+      </c>
+      <c r="F303" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="G303" t="s">
         <v>800</v>
       </c>
       <c r="H303" t="s">
         <v>21</v>
       </c>
       <c r="I303" s="1">
         <v>45837</v>
       </c>
       <c r="J303" t="s">
         <v>787</v>
       </c>
-      <c r="K303"/>
       <c r="L303" t="s">
         <v>783</v>
       </c>
       <c r="M303" t="s">
         <v>789</v>
       </c>
       <c r="N303" t="s">
         <v>42</v>
       </c>
       <c r="O303" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="304">
+    <row r="304" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
         <v>15</v>
       </c>
       <c r="B304">
         <v>62327</v>
       </c>
       <c r="C304" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="D304" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="E304" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="F304" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="G304" t="s">
         <v>801</v>
       </c>
       <c r="H304" t="s">
         <v>21</v>
       </c>
       <c r="I304" s="1">
         <v>45837</v>
       </c>
       <c r="J304" t="s">
         <v>787</v>
       </c>
-      <c r="K304"/>
       <c r="L304" t="s">
         <v>23</v>
       </c>
       <c r="M304" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="N304" t="s">
         <v>42</v>
       </c>
       <c r="O304" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="305">
+    <row r="305" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
         <v>15</v>
       </c>
       <c r="B305">
         <v>62334</v>
       </c>
       <c r="C305" t="s">
         <v>84</v>
       </c>
       <c r="D305" t="s">
         <v>85</v>
       </c>
       <c r="E305" t="s">
         <v>87</v>
       </c>
       <c r="F305" t="s">
         <v>88</v>
       </c>
       <c r="G305" t="s">
         <v>802</v>
       </c>
       <c r="H305" t="s">
         <v>21</v>
       </c>
       <c r="I305" s="1">
         <v>45837</v>
       </c>
       <c r="J305" t="s">
         <v>787</v>
       </c>
-      <c r="K305"/>
       <c r="L305" t="s">
         <v>783</v>
       </c>
       <c r="M305" t="s">
         <v>37</v>
       </c>
       <c r="N305" t="s">
         <v>37</v>
       </c>
       <c r="O305" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="306">
+    <row r="306" spans="1:15" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
         <v>15</v>
       </c>
       <c r="B306">
         <v>62342</v>
       </c>
       <c r="C306" t="s">
         <v>16</v>
       </c>
       <c r="D306" t="s">
         <v>17</v>
       </c>
       <c r="E306" t="s">
         <v>803</v>
       </c>
       <c r="F306" t="s">
         <v>804</v>
       </c>
       <c r="G306" t="s">
         <v>805</v>
       </c>
       <c r="H306" t="s">
         <v>21</v>
       </c>
       <c r="I306" s="1">
         <v>45868</v>
       </c>
       <c r="J306" t="s">
         <v>806</v>
       </c>
-      <c r="K306"/>
       <c r="L306" t="s">
         <v>23</v>
       </c>
       <c r="M306" t="s">
         <v>24</v>
       </c>
       <c r="N306" t="s">
         <v>24</v>
       </c>
       <c r="O306" t="s">
         <v>25</v>
       </c>
     </row>
+    <row r="307" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A307" t="s">
+        <v>15</v>
+      </c>
+      <c r="B307">
+        <v>62438</v>
+      </c>
+      <c r="C307" t="s">
+        <v>543</v>
+      </c>
+      <c r="D307" t="s">
+        <v>544</v>
+      </c>
+      <c r="E307" t="s">
+        <v>47</v>
+      </c>
+      <c r="F307" t="s">
+        <v>48</v>
+      </c>
+      <c r="G307" t="s">
+        <v>807</v>
+      </c>
+      <c r="H307" t="s">
+        <v>21</v>
+      </c>
+      <c r="I307" s="1">
+        <v>44349</v>
+      </c>
+      <c r="J307" t="s">
+        <v>806</v>
+      </c>
+      <c r="L307" t="s">
+        <v>62</v>
+      </c>
+      <c r="M307" t="s">
+        <v>599</v>
+      </c>
+      <c r="N307" t="s">
+        <v>42</v>
+      </c>
+      <c r="O307" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="308" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A308" t="s">
+        <v>15</v>
+      </c>
+      <c r="B308">
+        <v>62487</v>
+      </c>
+      <c r="C308" t="s">
+        <v>16</v>
+      </c>
+      <c r="D308" t="s">
+        <v>17</v>
+      </c>
+      <c r="E308" t="s">
+        <v>132</v>
+      </c>
+      <c r="F308" t="s">
+        <v>133</v>
+      </c>
+      <c r="G308" t="s">
+        <v>808</v>
+      </c>
+      <c r="H308" t="s">
+        <v>21</v>
+      </c>
+      <c r="I308" s="1">
+        <v>46037</v>
+      </c>
+      <c r="J308" t="s">
+        <v>806</v>
+      </c>
+      <c r="L308" t="s">
+        <v>23</v>
+      </c>
+      <c r="M308" t="s">
+        <v>24</v>
+      </c>
+      <c r="N308" t="s">
+        <v>24</v>
+      </c>
+      <c r="O308" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="309" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
+        <v>15</v>
+      </c>
+      <c r="B309">
+        <v>62508</v>
+      </c>
+      <c r="C309" t="s">
+        <v>16</v>
+      </c>
+      <c r="D309" t="s">
+        <v>17</v>
+      </c>
+      <c r="E309" t="s">
+        <v>809</v>
+      </c>
+      <c r="F309" t="s">
+        <v>810</v>
+      </c>
+      <c r="G309" t="s">
+        <v>811</v>
+      </c>
+      <c r="H309" t="s">
+        <v>21</v>
+      </c>
+      <c r="I309" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J309" t="s">
+        <v>806</v>
+      </c>
+      <c r="L309" t="s">
+        <v>23</v>
+      </c>
+      <c r="M309" t="s">
+        <v>24</v>
+      </c>
+      <c r="N309" t="s">
+        <v>24</v>
+      </c>
+      <c r="O309" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="310" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
+        <v>15</v>
+      </c>
+      <c r="B310">
+        <v>62509</v>
+      </c>
+      <c r="C310" t="s">
+        <v>16</v>
+      </c>
+      <c r="D310" t="s">
+        <v>17</v>
+      </c>
+      <c r="E310" t="s">
+        <v>812</v>
+      </c>
+      <c r="F310" t="s">
+        <v>813</v>
+      </c>
+      <c r="G310" t="s">
+        <v>814</v>
+      </c>
+      <c r="H310" t="s">
+        <v>21</v>
+      </c>
+      <c r="I310" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J310" t="s">
+        <v>806</v>
+      </c>
+      <c r="L310" t="s">
+        <v>23</v>
+      </c>
+      <c r="M310" t="s">
+        <v>24</v>
+      </c>
+      <c r="N310" t="s">
+        <v>24</v>
+      </c>
+      <c r="O310" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="311" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A311" t="s">
+        <v>15</v>
+      </c>
+      <c r="B311">
+        <v>62510</v>
+      </c>
+      <c r="C311" t="s">
+        <v>543</v>
+      </c>
+      <c r="D311" t="s">
+        <v>544</v>
+      </c>
+      <c r="E311" t="s">
+        <v>815</v>
+      </c>
+      <c r="F311" t="s">
+        <v>816</v>
+      </c>
+      <c r="G311" t="s">
+        <v>817</v>
+      </c>
+      <c r="H311" t="s">
+        <v>21</v>
+      </c>
+      <c r="I311" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J311" t="s">
+        <v>806</v>
+      </c>
+      <c r="L311" t="s">
+        <v>783</v>
+      </c>
+      <c r="M311" t="s">
+        <v>547</v>
+      </c>
+      <c r="N311" t="s">
+        <v>547</v>
+      </c>
+      <c r="O311" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="312" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A312" t="s">
+        <v>15</v>
+      </c>
+      <c r="B312">
+        <v>62511</v>
+      </c>
+      <c r="C312" t="s">
+        <v>543</v>
+      </c>
+      <c r="D312" t="s">
+        <v>544</v>
+      </c>
+      <c r="E312" t="s">
+        <v>644</v>
+      </c>
+      <c r="F312" t="s">
+        <v>645</v>
+      </c>
+      <c r="G312" t="s">
+        <v>818</v>
+      </c>
+      <c r="H312" t="s">
+        <v>21</v>
+      </c>
+      <c r="I312" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J312" t="s">
+        <v>806</v>
+      </c>
+      <c r="L312" t="s">
+        <v>783</v>
+      </c>
+      <c r="M312" t="s">
+        <v>819</v>
+      </c>
+      <c r="N312" t="s">
+        <v>819</v>
+      </c>
+      <c r="O312" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="313" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
+        <v>15</v>
+      </c>
+      <c r="B313">
+        <v>62512</v>
+      </c>
+      <c r="C313" t="s">
+        <v>543</v>
+      </c>
+      <c r="D313" t="s">
+        <v>544</v>
+      </c>
+      <c r="E313" t="s">
+        <v>820</v>
+      </c>
+      <c r="F313" t="s">
+        <v>821</v>
+      </c>
+      <c r="G313" t="s">
+        <v>822</v>
+      </c>
+      <c r="H313" t="s">
+        <v>21</v>
+      </c>
+      <c r="I313" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J313" t="s">
+        <v>806</v>
+      </c>
+      <c r="L313" t="s">
+        <v>783</v>
+      </c>
+      <c r="M313" t="s">
+        <v>651</v>
+      </c>
+      <c r="N313" t="s">
+        <v>651</v>
+      </c>
+      <c r="O313" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="314" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A314" t="s">
+        <v>15</v>
+      </c>
+      <c r="B314">
+        <v>62513</v>
+      </c>
+      <c r="C314" t="s">
+        <v>543</v>
+      </c>
+      <c r="D314" t="s">
+        <v>544</v>
+      </c>
+      <c r="E314" t="s">
+        <v>823</v>
+      </c>
+      <c r="F314" t="s">
+        <v>824</v>
+      </c>
+      <c r="G314" t="s">
+        <v>825</v>
+      </c>
+      <c r="H314" t="s">
+        <v>21</v>
+      </c>
+      <c r="I314" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J314" t="s">
+        <v>806</v>
+      </c>
+      <c r="L314" t="s">
+        <v>783</v>
+      </c>
+      <c r="M314" t="s">
+        <v>593</v>
+      </c>
+      <c r="N314" t="s">
+        <v>593</v>
+      </c>
+      <c r="O314" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="315" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="A315" t="s">
+        <v>15</v>
+      </c>
+      <c r="B315">
+        <v>62514</v>
+      </c>
+      <c r="C315" t="s">
+        <v>590</v>
+      </c>
+      <c r="D315" t="s">
+        <v>591</v>
+      </c>
+      <c r="E315" t="s">
+        <v>639</v>
+      </c>
+      <c r="F315" t="s">
+        <v>640</v>
+      </c>
+      <c r="G315" t="s">
+        <v>826</v>
+      </c>
+      <c r="H315" t="s">
+        <v>21</v>
+      </c>
+      <c r="I315" s="1">
+        <v>46050</v>
+      </c>
+      <c r="J315" t="s">
+        <v>806</v>
+      </c>
+      <c r="L315" t="s">
+        <v>62</v>
+      </c>
+      <c r="M315" t="s">
+        <v>547</v>
+      </c>
+      <c r="N315" t="s">
+        <v>547</v>
+      </c>
+      <c r="O315" t="s">
+        <v>25</v>
+      </c>
+    </row>
   </sheetData>
+  <autoFilter ref="A1:O315" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Worksheets</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Indiana State Univer (15132400)</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1-che-chedsstrans</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>